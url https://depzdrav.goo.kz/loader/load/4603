--- v0 (2025-11-03)
+++ v1 (2026-02-04)
@@ -1,9512 +1,9566 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00272FA1" w:rsidRDefault="00272FA1" w:rsidP="00272FA1">
-[...43 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="002422C4" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Б» корпусының бос мемлекеттік әкімшілік лауазымдарға орналасуға жалпы конкурс туралы хабарландыру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="002422C4" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRDefault="006E7216" w:rsidP="006E7216">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
-        <w:jc w:val="both"/>
-[...21 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E7216">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Павлодар облысы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E7216">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> денсаулық сақтау басқармасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E7216" w:rsidRPr="002422C4" w:rsidRDefault="006E7216" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A3E5D" w:rsidRDefault="002422C4" w:rsidP="001A3E5D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Барлық конкурсқа қатысушыларға қойылатын жалпы біліктілік талаптары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C44460" w:rsidRPr="001A3E5D" w:rsidRDefault="00C44460" w:rsidP="001A3E5D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...30 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A3E5D">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> D-О-4 мемлекеттік әкімшілік лауазымдары санаттарына келесідей үлгілік біліктілік талаптары белгіленеді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C44460" w:rsidRPr="001A3E5D" w:rsidRDefault="001A3E5D" w:rsidP="00C44460">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C44460" w:rsidRPr="001A3E5D">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жоғары білім;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C44460" w:rsidRPr="001A3E5D" w:rsidRDefault="001A3E5D" w:rsidP="00C44460">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A3E5D">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C44460" w:rsidRPr="001A3E5D">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мынадай құзыреттердің бар болуы: стресске орнықтылық, бастамашылдық, жауапкершілік, қызметті тұтынушыға және оны хабарландыруға бағдарлану, адалдық, өздігінен даму, жеделділік, ынтымақтастық және әрекеттестік, қызметті басқару, шешім қабылдау, көшбасшылық, стратегиялық ойлану, өзгерістерді басқару;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C44460" w:rsidRDefault="001A3E5D" w:rsidP="00C44460">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00C44460" w:rsidRPr="0053576A">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыс тәжірибесі талап ет</w:t>
+      </w:r>
+      <w:r w:rsidR="00C44460">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C44460" w:rsidRPr="00C44460" w:rsidRDefault="00C44460" w:rsidP="00C44460">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="006C2AC1" w:rsidRDefault="002422C4" w:rsidP="006C2AC1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...156 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rStyle w:val="af3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C2AC1">
+        <w:rPr>
+          <w:rStyle w:val="af3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- «Б» корпусының мемлекеттік әкімшілік лауазымдарына үлгілік біліктілік талаптарын бекіту туралы» Қазақстан Республикасы Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі Төрагасының 2016 жылғы 13 желтоқсандағы № 85 Қазақстан Республикасының Әділет министрлігінде 2016 жылы 21 желтоқсанда № 14542 болып тіркелінген бұйрығына сәйкес.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="006C2AC1" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="00C44460" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C44460">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік әкімшілік қызметшілердің лауазымдық жалақысы, тг.:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="00C44460" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1756"/>
         <w:gridCol w:w="2605"/>
         <w:gridCol w:w="2620"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00272FA1" w:rsidRPr="00272FA1" w:rsidTr="00DF0FCF">
+      <w:tr w:rsidR="00152277" w:rsidRPr="00272FA1" w:rsidTr="003028EF">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1711" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00272FA1" w:rsidRPr="00272FA1" w:rsidRDefault="00272FA1" w:rsidP="00525B91">
+          <w:p w:rsidR="00152277" w:rsidRPr="00272FA1" w:rsidRDefault="00152277" w:rsidP="003028EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00272FA1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Санат</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00272FA1" w:rsidRPr="00272FA1" w:rsidRDefault="00272FA1" w:rsidP="00272FA1">
+          <w:p w:rsidR="00152277" w:rsidRPr="00272FA1" w:rsidRDefault="00152277" w:rsidP="003028EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="709"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00272FA1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Еңбек</w:t>
+              <w:t>Еңбек сіңірген жылдарына байланысты</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00152277" w:rsidRPr="00272FA1" w:rsidTr="003028EF">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00152277" w:rsidRPr="00272FA1" w:rsidRDefault="00152277" w:rsidP="003028EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="709"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00152277" w:rsidRPr="00272FA1" w:rsidRDefault="00152277" w:rsidP="003028EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="709"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00272FA1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>min</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00152277" w:rsidRPr="00272FA1" w:rsidRDefault="00152277" w:rsidP="003028EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="709"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00272FA1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>сіңірген</w:t>
+              <w:t>max</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00272FA1">
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00152277" w:rsidRPr="00DF0FCF" w:rsidTr="00152277">
+        <w:trPr>
+          <w:trHeight w:val="514"/>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152277" w:rsidRPr="006F4344" w:rsidRDefault="00152277" w:rsidP="006F4344">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="709"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF0FCF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>D-О-</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00272FA1">
+            <w:r w:rsidR="006F4344">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...170 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF0FCF" w:rsidRPr="00DF0FCF" w:rsidRDefault="001B71A6" w:rsidP="00DF0FCF">
+          <w:p w:rsidR="00152277" w:rsidRPr="00DF0FCF" w:rsidRDefault="00152277" w:rsidP="00505983">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00DF0FCF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>168 875</w:t>
+              <w:t>16</w:t>
             </w:r>
-          </w:p>
-[...9 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidR="00505983">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>8 875</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00152277" w:rsidRPr="00DF0FCF" w:rsidRDefault="00152277" w:rsidP="00505983">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>220 271</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF0FCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>220</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE49CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00505983">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>271</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DF0FCF" w:rsidRDefault="00DF0FCF" w:rsidP="00272FA1">
+    <w:p w:rsidR="002422C4" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FB40DF" w:rsidRDefault="00FB40DF" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB40DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Павлодар облысы денсаулық сақтау басқарма» ММ 140000, Павлодар қ., </w:t>
+      </w:r>
+      <w:r w:rsidR="00446A6B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Астана </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB40DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көш. </w:t>
+      </w:r>
+      <w:r w:rsidR="00446A6B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>59</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB40DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, анықтама үшін телефоны: </w:t>
+      </w:r>
+      <w:r w:rsidR="00446A6B" w:rsidRPr="00446A6B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8(7182) 32-00-42,  32-01-20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB40DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, электрондық мекенжайы: kense.dz@</w:t>
+      </w:r>
+      <w:r w:rsidR="00E911D1">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pavlodar.gov.kz «Б» корпусы бос </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB40DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әкімшілік мемлекеттік лауазымдарына орналасуға  жалпы жариялайды: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0066209F" w:rsidRPr="0066209F" w:rsidRDefault="0066209F" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRDefault="00CA4F36" w:rsidP="0066209F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="0066209F" w:rsidRPr="00C44460">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар облысы денсаулық сақтау </w:t>
+      </w:r>
+      <w:r w:rsidR="001134E5" w:rsidRPr="001134E5">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">облыстың медициналық ұйымдары бойынша экономикалық талдау және бюджеттік жоспарлау </w:t>
+      </w:r>
+      <w:r w:rsidR="0053576A">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бөлімінің бас маманы</w:t>
+      </w:r>
+      <w:r w:rsidR="001134E5">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2023 жылғы 23 наурызға дейін бала күтіміне байланысты демалыс кезеңіне)</w:t>
+      </w:r>
+      <w:r w:rsidR="0053576A">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D933EC">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>санаты «D-О-4</w:t>
+      </w:r>
+      <w:r w:rsidR="0066209F" w:rsidRPr="00C44460">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="0066209F">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="002422C4" w:rsidRPr="00C44460">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1 бірлік</w:t>
+      </w:r>
+      <w:r w:rsidR="0053576A">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00965C86" w:rsidRPr="00965C86" w:rsidRDefault="002422C4" w:rsidP="00965C86">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F4344">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Функционалдық міндеттері:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F4344">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00965C86" w:rsidRPr="00965C86">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Облыстық бюджетті әзірлеу және қалыптастыруға қатысу. Бюджеттік бағдарламалар бөлінісінде есептермен </w:t>
+      </w:r>
+      <w:r w:rsidR="00965C86" w:rsidRPr="00965C86">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>бюджеттік тапсырыстар жасау.  Облыстық, қалалық және аудандық денсаулық сақтау ұйымдары бойынша бюджеттік тапсырысты жинауды жүзеге асыру, оларға есептерді тексеру. Бюджетті нақтылауға материалдарды дайындауды жүзеге асыру: есептер, негіздемелер, анықтамалар. Облыс медициналық ұйымдар бөлінісінде шығындардың нақтыланған сметасын тексеруді және бекітуді жүзеге асыру. Парус-Каз. Бюджет бағдарламасында республикалық және облыстық бюджеттерге енгізу және түсіру бойынша бюджеттік өтінімдерді (бюджет жобасы, бекітілген жоспарын, бюджетін нақтылау) қалыптастыру. Қазақстан Республикасы Денсаулық сақтау министрлігі ШЖҚ "Республикалық электронды денсаулық сақтау орталығы" РММ үшін ұйымдар бөлісіндегі АМСК бойынша ай сайынғы есеп деректерін келісім ету. Ұйымдардың бөлінісінде тіркелген халықтың өзгеруі туралы Қазақстан Республикасы Денсаулық сақтау министрлігі ШЖҚ "Республикалық электронды денсаулық сақтау орталығы" РММ ПОФ  үшін ай сайынғы есептік келісімді  жүзеге асыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00965C86" w:rsidRPr="00965C86" w:rsidRDefault="00965C86" w:rsidP="00965C86">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00965C86">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Денсаулық сақтау министрлігі және Павлодар облысы әкімдігі арасында облыс тұрғындары денсаулығын жақсарту жөніндегі 2017-2019 жылдарға Меморандум келісімі және есептілікті құру. Облыс әкімінің, облыс әкімі орынбасарларының тапсырмаларына жауаптар дайындауды жүзеге асыру. Қызмет бағыттары бойынша жеке және заңды тұлғалардың өтініштерін қарауды жүзеге асыру. Қазақстан Республикасы Денсаулық сақтау министрлігінің, қаржы басқармасының, экономика және бюджеттік бағдарламаларды жоспарлау басқармасының және басқа да басқармалардың тапсырмалары мен сұраныстарын орындауды жүзеге асыру. Мүдделеріне шиеленісуге жол бермеу бойынша шара қолдану. Ішкі еңбек тәртібі ережесін сақтау. Номенклатура папкаларын жүргізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4F36" w:rsidRDefault="00965C86" w:rsidP="00965C86">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00965C86">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002422C4" w:rsidRPr="005459AD">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысушыларға қойылатын талаптар:</w:t>
+      </w:r>
+      <w:r w:rsidR="002422C4" w:rsidRPr="005459AD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жоғары немесе жоғары оқу орнынан кейінгі білім. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D0798A" w:rsidRDefault="002422C4" w:rsidP="005C6962">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4F36">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мынадай құзыреттердің бар болуы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005459AD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D0798A" w:rsidRPr="005459AD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>стресске</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0798A" w:rsidRPr="00D0798A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орнықтылық, бастамашылдық, жауапкершілік, қызметті тұтынушыға және оны хабарландыруға бағдарлану, адалдық, ынтымақтастық және әрекеттестік, қызметті басқару, шешім қабылдау, көшбасшылық, стратегиялық ойлану, өзгерістерді басқару;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00823F90" w:rsidRDefault="00E903DE" w:rsidP="00965C86">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E903DE">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жоғары білім:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E903DE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00965C86" w:rsidRPr="00965C86">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>техникалық ғылымдары мен технологиялар (ақпараттық жүйелер); әлеуметтік ғылымдары, экономика және бизнес (менеджмент және/немесе қаржы және/немесе мемлекеттік және жергілікті басқару және/немесе статистика және/немесе есеп және аудит және/немесе экономика және/немесе маркетинг және/немесе әлемдік экономика)</w:t>
+      </w:r>
+      <w:r w:rsidR="007A757B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00965C86" w:rsidRPr="00965C86">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9124A" w:rsidRDefault="00B9124A" w:rsidP="00965C86">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="00D0798A" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D0798A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс комиссиясы жұмысының ашықтылығы мен объективтілігін қамтамасыз ету үшін оның отырысына байқаушылар шақырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="00C44460" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C44460">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурс комиссиясының отырысына байқаушылар ретінде Қазақстан Республикасы Парламентінің және барлық деңгейдегі мәслихат депутаттарының, Қазақстан Республикасы заңнамасында белгіленген тәртіпте аккредиттелген бұқаралық ақпарат құралдарының, басқа мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C44460">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>органдардың, қоғамдық бірлестіктердің (үкіметтік емес ұйымдардың), коммерциялық ұйымдардың және саяси партиялардың өкілдері, мемлекеттік қызмет істері жөніндегі уәкілетті органның (бұдан әрі – уәкілетті орган) қызметкерлері қатыса алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="00C44460" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C44460">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Байқаушы ретінде конкурс комиссиясының отырысына қатысу үшін тұлға әңгімелесу басталғанға дейін бір жұмыс күнінен кешіктірмей персоналды басқару қызметінде (кадр қызметінде) тіркеледі. Тіркелу үшін тұлғалар персоналды басқару қызметіне (кадр қызметіне) жеке басын куәландыратын құжаттың көшірмесін немесе электрондық көшірмесін, «Б» корпусының мемлекеттік әкiмшiлiк лауазымына орналасуға арналған конкурсты өткiзу Қағидалардың 26-тармағында көрсетілген ұйымдарға тиесілілігін растайтын құжаттардың көшірмелерін немесе электрондық көшірмелерін ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="00C44460" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C44460">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тар шеңберде мамандырылған лауазымдарға конкурсты өткізген жағдайда конкурс комиссиясының отырысына сарапшылар шақырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="00C44460" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C44460">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тар шеңберде мамандырылған ретінде мемлекеттік орган қызметшілерінің 5 пайызынан аз қызметші ие болған мамандық болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="00C44460" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C44460">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сарапшы ретінде конкурс жариялаған мемлекеттік органның қызметкері болып табылмайтын, бос лауазымның функционалдық бағыттарына сәйкес облыстарда, соның ішінде ғылым саласында жұмыс тәжірибесі бар тұлғалар, сондай-ақ персоналды іріктеу және жоғарылату бойынша мамандар, басқа мемлекеттік органдардың мемлекеттік қызметшілері, Қазақстан Республикасының Парламент және мәслихат депутаттары қатыса алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="00C44460" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C44460">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысушылар мен кандидаттар уәкілетті органға немесе оның аумақтық бөлімшесіне, не Қазақстан Республикасының заңнамасына сәйкес сот тәртібінде конкурс комиссиясының шешіміне шағымдана алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="00C44460" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C44460">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жалпы конкурсқа қатысатын және әңгімелесуге жіберілген кандидаттар оны кандидаттарды әңгімелесу жіберу туралы хабардар ету күнінен бастап үш жұмыс күн ішінде конкурс жариялаған мемлекеттік органдарда өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E106E" w:rsidRDefault="004E106E" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="002B0508" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B0508">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысу үшін қажетті құжаттар:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0508">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="00C44460" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C44460">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1)Қағидалардың 2-қосымшасына сәйкес нысандағы өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="006F4344" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F4344">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2)3х4 үлгідегі түрлі түсті суретпен Қағидаларға 3-қосымшаға сәйкес нысанда толтырылған «Б» корпусының әкімшілік мемлекеттік лауазымына кандидаттың қызметтiк тiзiмі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="006F4344" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F4344">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3)бiлiмi туралы құжаттар мен олардың көшірмелерінің нотариалдық куәландырылған көшiрмелерi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="006F4344" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F4344">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Болашақ» халықаралық стипендиясын иеленуші, сондай-ақ өзара тану және баламалылығы туралы халықаралық шарттардың қолдану аясына жататын Қазақстан Республикасының азаматтарына шетелдік жоғары оқу орындары, ғылыми орталықтары мен зертханалары берген білім туралы құжаттарды қоспағанда, Қазақстан Республикасы азаматтарының шетелдік білім беру ұйымдарында алған білімі туралы құжаттарының көшiрмелерiне білім беру саласындағы уәкілетті орган берген аталған бiлiмi туралы құжаттарды нострификациялау немесе тану куәліктерінің көшірмелері қоса беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="006F4344" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F4344">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>«Болашақ» халықаралық стипендиясын иеленушілерге берілген бiлiмi туралы құжаттарға «Халықааралық бағдарламалар орталығы» Акционерлік қоғамы берген Қазақстан Республикасы Президентінің «Болашақ» халықаралық стипендиясы бойынша оқуды аяқтау туралы анықтаманың көшірмесі қоса беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="006F4344" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F4344">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өзара тану және баламалылығы туралы халықаралық шарттардың қолдану аясына жататын бiлiмi туралы құжаттардың көшірмелеріне білім беру саласындағы уәкілетті орган берген аталған бiлiмi туралы құжаттарды тану туралы анықтаманың көшірмелері қоса беріледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="0053576A" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0053576A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Егер кандидат мемлекеттік қызметші болмаса персоналды басқару қызметі (кадр қызметі) «Е-қызмет» интегралды ақпараттық жүйесі арқылы кандидаттың:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="0053576A" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0053576A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) құжаттарды тапсыру сәтінде заңнаманы білуіне тестілеуден өткені туралы шекті мәннен төмен емес нәтижелері бар қолданыстағы сертификаттың;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="00505983" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505983">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) конкурсқа қатысу үшін құжаттарды тапсыру сәтінде уәкілетті органда жеке қасиеттерін бағалауды өту туралы шекті мәннен төмен емес нәтижелері бар қолданыстағы қорытындының бар болуын тексереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRPr="00505983" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505983">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505983">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7 ЖҰМЫС КҮНІ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505983">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ол жалпы конкурс өткізу туралы хабарландыру соңғы жарияланғаннан кейін келесі жұмыс күнінен бастап есептеледі </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002422C4" w:rsidRDefault="002422C4" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505983">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Б» корпусының мемлекеттік әкімшілік лауазымына орналасуға арналған конкурсты өткізу қағидаларының (Агенттігінің 2017 жылғы 21 ақпандағы № 40 бұйрығы) 53-тармағына сәйкес әңгімелесу кезінде егер конкурс комиссиясы отырысының өтуіне кедергі келтірмеген жағдайда кандидат та техникалық жазба құралдарын қолдана алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E903DE" w:rsidRPr="00E903DE" w:rsidRDefault="00E903DE" w:rsidP="002422C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FA04C3" w:rsidRPr="00FA04C3" w:rsidRDefault="002422C4" w:rsidP="00FA04C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA04C3">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бос мемлекеттік әкімшілік лауазымдарға орналасуға үміткерлерге</w:t>
+      </w:r>
+      <w:r w:rsidR="006E7216" w:rsidRPr="00FA04C3">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арналған тестілеу бағдарламасы : (</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA04C3" w:rsidRPr="00FA04C3">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>екінші</w:t>
+      </w:r>
+      <w:r w:rsidR="006E7216" w:rsidRPr="00FA04C3">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бағдарлама) </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA04C3" w:rsidRPr="00FA04C3">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>екінші бағдарлама B-5, B-6, C-4, C-5, С-О-3, C-O-4, C-O-5, C-O-6, C-R-2, C-R-3, C-R-4, D-4, D-5, D-О-3, D-O-4, D-O-5, D-O-6, E-3, E-R-1, E-R-2, E-R-3, E-G-1, E-G-2 санаттарына арналған және келесіні қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA04C3" w:rsidRPr="00FA04C3" w:rsidRDefault="00FA04C3" w:rsidP="00FA04C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA04C3">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қазақстан Республикасының мемлекеттік тілін білуге арналған тест (20 сұрақ), ұзақтығы 20 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA04C3" w:rsidRPr="00FA04C3" w:rsidRDefault="00FA04C3" w:rsidP="00FA04C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA04C3">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қазақстан Республикасының Конституциясын (15 сұрақ), "Қазақстан Республикасының Президенті туралы" (15 сұрақ) Қазақстан Республикасының конституциялық заңы, "Қазақстан Республикасының мемлекеттік қызметі туралы" (15 сұрақ), "Сыбайлас жемқорлыққа қарсы іс-қимыл туралы" (15 сұрақ), "Әкімшілік рәсімдер туралы" (15 сұрақ), "Жеке және заңды тұлғалардың өтiнiштерiн қарау тәртiбi туралы" (15 сұрақ), "Мемлекеттік көрсетілетін қызметтер туралы" (15 сұрақ), "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" (15 сұрақ) Қазақстан Республикасының заңдарын, Қазақстан Республикасы Президентінің 2015 жылғы 29 желтоқсандағы № 153 Жарлығымен бекітілген Қазақстан Республикасы мемлекеттік қызметшілерінің әдеп кодексін (Мемлекеттік қызметшілердің қызметтік әдеп қағидаларын) (10 сұрақ) бiлуге арналған тестер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA04C3" w:rsidRPr="00FA04C3" w:rsidRDefault="00FA04C3" w:rsidP="00FA04C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA04C3">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      Екінші бағдарлама бойынша тестілеуді өту мәндері барлық нормативтік құқықтық актілер бойынша сұрақтардың жалпы санынан (130 сұрақ) кем дегенде 78 дұрыс жауапты және әрбір нормативтік құқықтық актілер бойынша кем дегенде 5 дұрыс жауапты құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA04C3" w:rsidRPr="00FA04C3" w:rsidRDefault="00FA04C3" w:rsidP="00FA04C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA04C3">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Екінші бағдарлама бойынша Қазақстан Республикасының заңнамаларын білуге арналған тестерді орындау үшін жалпы уақыт 105 минутті құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA04C3" w:rsidRPr="00FA04C3" w:rsidRDefault="00FA04C3" w:rsidP="00FA04C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FA04C3" w:rsidRPr="00FA04C3" w:rsidRDefault="00FA04C3" w:rsidP="00FA04C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FA04C3" w:rsidRDefault="00FA04C3" w:rsidP="00FA04C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F65570" w:rsidRDefault="00F65570" w:rsidP="00FA04C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F65570" w:rsidRDefault="00F65570" w:rsidP="00FA04C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F65570" w:rsidRDefault="00F65570" w:rsidP="00FA04C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F65570" w:rsidRDefault="00F65570" w:rsidP="00FA04C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F65570" w:rsidRDefault="00F65570" w:rsidP="00FA04C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F65570" w:rsidRDefault="00F65570" w:rsidP="00FA04C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F65570" w:rsidRDefault="00F65570" w:rsidP="00FA04C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F65570" w:rsidRDefault="00F65570" w:rsidP="00FA04C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F65570" w:rsidRDefault="00F65570" w:rsidP="00FA04C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FA04C3" w:rsidRPr="00FA04C3" w:rsidRDefault="00FA04C3" w:rsidP="00FA04C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FA04C3" w:rsidRDefault="00FA04C3" w:rsidP="00FA04C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD6994" w:rsidRDefault="00FD6994" w:rsidP="00FA04C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A3658" w:rsidRDefault="002A3658" w:rsidP="00FA04C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A3658" w:rsidRDefault="002A3658" w:rsidP="00FA04C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A3658" w:rsidRDefault="002A3658" w:rsidP="00FA04C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A3658" w:rsidRDefault="002A3658" w:rsidP="00FA04C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A3658" w:rsidRDefault="002A3658" w:rsidP="00FA04C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A3658" w:rsidRDefault="002A3658" w:rsidP="00FA04C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A3658" w:rsidRDefault="002A3658" w:rsidP="00FA04C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A3658" w:rsidRDefault="002A3658" w:rsidP="00FA04C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A3658" w:rsidRDefault="002A3658" w:rsidP="00FA04C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A3658" w:rsidRDefault="002A3658" w:rsidP="00FA04C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A3658" w:rsidRDefault="002A3658" w:rsidP="00FA04C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A3658" w:rsidRDefault="002A3658" w:rsidP="00FA04C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A3658" w:rsidRDefault="002A3658" w:rsidP="00FA04C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A3658" w:rsidRDefault="002A3658" w:rsidP="00FA04C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A3658" w:rsidRDefault="002A3658" w:rsidP="00FA04C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A3658" w:rsidRDefault="002A3658" w:rsidP="00FA04C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A3658" w:rsidRDefault="002A3658" w:rsidP="00FA04C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A3658" w:rsidRDefault="002A3658" w:rsidP="00FA04C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A3658" w:rsidRDefault="002A3658" w:rsidP="00FA04C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A3658" w:rsidRDefault="002A3658" w:rsidP="00FA04C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A3658" w:rsidRDefault="002A3658" w:rsidP="00FA04C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A3658" w:rsidRDefault="002A3658" w:rsidP="00FA04C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A3658" w:rsidRDefault="002A3658" w:rsidP="00FA04C3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRDefault="008D1B1F" w:rsidP="00864993">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRPr="008D1B1F" w:rsidRDefault="008D1B1F" w:rsidP="008D1B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="6096"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D1B1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>"Б" корпусыныңмемлекеттік</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRPr="008D1B1F" w:rsidRDefault="008D1B1F" w:rsidP="008D1B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="6096"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D1B1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әкімшіліклауазымына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRPr="008D1B1F" w:rsidRDefault="008D1B1F" w:rsidP="008D1B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="6096"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D1B1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орналасуға конкурс өткізу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRPr="00E54A11" w:rsidRDefault="008D1B1F" w:rsidP="008D1B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="6096"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E54A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қағидаларының</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRPr="00E54A11" w:rsidRDefault="008D1B1F" w:rsidP="008D1B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="6096"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E54A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2-қосымшасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRPr="00E54A11" w:rsidRDefault="008D1B1F" w:rsidP="008D1B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="6096"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRPr="00E54A11" w:rsidRDefault="008D1B1F" w:rsidP="008D1B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="6096"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E54A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRPr="00E54A11" w:rsidRDefault="008D1B1F" w:rsidP="008D1B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E54A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>__________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRPr="00E54A11" w:rsidRDefault="008D1B1F" w:rsidP="008D1B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E54A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (мемлекеттік орган)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRPr="00E54A11" w:rsidRDefault="008D1B1F" w:rsidP="008D1B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRPr="00E54A11" w:rsidRDefault="008D1B1F" w:rsidP="008D1B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E54A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRPr="00E54A11" w:rsidRDefault="008D1B1F" w:rsidP="008D1B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRPr="00312BA9" w:rsidRDefault="008D1B1F" w:rsidP="008D1B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мені __________________________________________________________________ бос мемлекеттік әкімшілік лауазымына орналасу конкурсына қатысуға жіберуіңізді сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRPr="00312BA9" w:rsidRDefault="008D1B1F" w:rsidP="008D1B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Б» корпусының мемлекеттік әкімшілік лауазымына орналасуға конкурс өткізу қағидаларының негізгі талаптарымен таныстым, олармен келісемін және орындауға міндеттеме аламын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRPr="00312BA9" w:rsidRDefault="008D1B1F" w:rsidP="008D1B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Менің жеке мәліметтерімді, оның ішінде психоневрологиялық және наркологиялық ұйымдардан мәліметтерімді жинауға және өңдеуге рұқсатымды білдіремін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRPr="00312BA9" w:rsidRDefault="008D1B1F" w:rsidP="008D1B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік органның интернет-ресурсында менің әңгімелесуімнің бейнежазбасын транляциялауға жәнеорналасуға келісім беремін __________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRPr="00312BA9" w:rsidRDefault="008D1B1F" w:rsidP="008D1B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                           (иә/жоқ)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRPr="00312BA9" w:rsidRDefault="008D1B1F" w:rsidP="008D1B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRPr="00312BA9" w:rsidRDefault="008D1B1F" w:rsidP="008D1B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұсынылып отырған құжаттарымның дәйектілігіне жауап беремін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRPr="00312BA9" w:rsidRDefault="008D1B1F" w:rsidP="008D1B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRPr="00312BA9" w:rsidRDefault="008D1B1F" w:rsidP="008D1B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00312BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қоса берілген құжаттар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRPr="00312BA9" w:rsidRDefault="008D1B1F" w:rsidP="008D1B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRPr="00BF65CD" w:rsidRDefault="008D1B1F" w:rsidP="008D1B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF65CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_____________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF65CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRPr="00BF65CD" w:rsidRDefault="008D1B1F" w:rsidP="008D1B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRPr="00BF65CD" w:rsidRDefault="008D1B1F" w:rsidP="008D1B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF65CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_____________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF65CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRPr="00BF65CD" w:rsidRDefault="008D1B1F" w:rsidP="008D1B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRPr="00BF65CD" w:rsidRDefault="008D1B1F" w:rsidP="008D1B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF65CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_____________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF65CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRPr="00BF65CD" w:rsidRDefault="008D1B1F" w:rsidP="008D1B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRPr="00BF65CD" w:rsidRDefault="008D1B1F" w:rsidP="008D1B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF65CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мекенжайы: __________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF65CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRPr="00BF65CD" w:rsidRDefault="008D1B1F" w:rsidP="008D1B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRPr="00BF65CD" w:rsidRDefault="008D1B1F" w:rsidP="008D1B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF65CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Байланыс телефоны: ____</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF65CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRPr="00BF65CD" w:rsidRDefault="008D1B1F" w:rsidP="008D1B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRPr="00BF65CD" w:rsidRDefault="008D1B1F" w:rsidP="008D1B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF65CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e-maіl: ______________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF65CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRPr="00BF65CD" w:rsidRDefault="008D1B1F" w:rsidP="008D1B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRPr="00BF65CD" w:rsidRDefault="008D1B1F" w:rsidP="008D1B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF65CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ЖСН: _________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF65CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRPr="00BF65CD" w:rsidRDefault="008D1B1F" w:rsidP="008D1B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRPr="00BF65CD" w:rsidRDefault="008D1B1F" w:rsidP="008D1B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF65CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_________ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                            ___________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF65CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRDefault="008D1B1F" w:rsidP="008D1B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF65CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(қолы) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF65CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Тегі, аты, әкесініңаты (болғанжағдайда))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRDefault="008D1B1F" w:rsidP="008D1B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRPr="00BF65CD" w:rsidRDefault="008D1B1F" w:rsidP="008D1B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C11A0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>"___"_______________ 20 __ ж.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRPr="00AB0C4F" w:rsidRDefault="008D1B1F" w:rsidP="008D1B1F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...791 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00272FA1">
-[...1506 lines deleted...]
-    <w:p w:rsidR="00616B16" w:rsidRPr="004246FB" w:rsidRDefault="00616B16" w:rsidP="00616B16">
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRDefault="008D1B1F" w:rsidP="00864993">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00616B16" w:rsidRPr="00261A35" w:rsidRDefault="00616B16" w:rsidP="00616B16">
+    <w:p w:rsidR="008D1B1F" w:rsidRDefault="008D1B1F" w:rsidP="00864993">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00616B16" w:rsidRPr="00261A35" w:rsidRDefault="00616B16" w:rsidP="00616B16">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRDefault="008D1B1F" w:rsidP="00864993">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00616B16" w:rsidRPr="00261A35" w:rsidRDefault="00616B16" w:rsidP="00616B16">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRDefault="008D1B1F" w:rsidP="00864993">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="005D296A">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRDefault="008D1B1F" w:rsidP="00864993">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="005D296A">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D1B1F" w:rsidRDefault="008D1B1F" w:rsidP="00864993">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="005D296A">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="005C06A0" w:rsidP="00864993">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="005D296A">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00864993" w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="005D296A">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="005D296A">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="005D296A">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Б» КОРПУСЫНЫҢ ӘКІМШІЛІК МЕМЛЕКЕТТІК</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
-        <w:jc w:val="both"/>
-[...64 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЛАУАЗЫМЫНА КАНДИДАТТЫҢ ҚЫЗМЕТТIК ТIЗIМІ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ПОСЛУЖНОЙ СПИСОК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002422C4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>КАНДИДАТА НА АДМИНИСТРАТИВНУЮ ГОСУДАРСТВЕННУЮ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002422C4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ДОЛЖНОСТЬ КОРПУСА «Б»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...40 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4900" w:type="pct"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblInd w:w="60" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="226"/>
+        <w:gridCol w:w="227"/>
         <w:gridCol w:w="61"/>
         <w:gridCol w:w="961"/>
         <w:gridCol w:w="1133"/>
         <w:gridCol w:w="59"/>
         <w:gridCol w:w="2943"/>
-        <w:gridCol w:w="2132"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="284"/>
+        <w:gridCol w:w="1463"/>
+        <w:gridCol w:w="1735"/>
+        <w:gridCol w:w="922"/>
         <w:gridCol w:w="58"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005D296A" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="181" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...12 lines deleted...]
-            <w:tcW w:w="7242" w:type="dxa"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6575" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>_____________________________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
+              <w:t xml:space="preserve">тегі, аты және әкесінің аты (болған жағдайда) / </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...127 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>фамилия, имя, отчество (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ФОТО</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t>(</w:t>
+              <w:t>(түрлі түсті/ цветное,</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...38 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>3х4)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="253" w:type="dxa"/>
+            <w:tcW w:w="890" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...12 lines deleted...]
-            <w:tcW w:w="7242" w:type="dxa"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6575" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>_____________________________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
+              <w:t>лауазымы/должность, санаты/категория</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-              <w:t>лауазымы</w:t>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(болған жағдайда/при наличии)</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...75 lines deleted...]
-            <w:tcW w:w="1641" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...12 lines deleted...]
-            <w:tcW w:w="208" w:type="dxa"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="845" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9437" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ЖЕКЕ МӘЛІМЕТТЕР / ЛИЧНЫЕ ДАННЫЕ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...15 lines deleted...]
-              <w:t>Туған</w:t>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Туған күні және жері/</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...64 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Дата и место рождения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...15 lines deleted...]
-              <w:t>Ұлты</w:t>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ұлты (қалауы бойынша)/</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...46 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Национальность (по желанию)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...15 lines deleted...]
-              <w:t>Оқу</w:t>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқу орнын бітірген жылы және оның атауы/</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...118 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Год окончания и наименование учебного заведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...15 lines deleted...]
-              <w:t>Мамандығы</w:t>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мамандығы бойынша біліктілігі, ғылыми дәрежесі, ғылыми атағы (болған жағдайда) /</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...154 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Квалификация по специальности, ученая степень, ученое звание (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...15 lines deleted...]
-              <w:t>Шетел</w:t>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шетел тілдерін білуі/</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...46 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Владение иностранными языками</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...15 lines deleted...]
-              <w:t>Мемлекеттік</w:t>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мемлекеттік наградалары, құрметті атақтары (болған жағдайда) /</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...100 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Государственные награды, почетные звания (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...15 lines deleted...]
-              <w:t>Дипломатиялық</w:t>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дипломатиялық дәрежесі, әскери, арнайы атақтары, сыныптық шені (болған жағдайда) /</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...154 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Дипломатический ранг, воинское, специальное звание, классный чин (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...132 lines deleted...]
-              <w:t>) /Вид взыскания, дата и основания его наложения (при наличии)</w:t>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жаза түрі, оны тағайындау күні мен негізі (болған жағдайда) /Вид взыскания, дата и основания его наложения (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...15 lines deleted...]
-              <w:t>Соңғы</w:t>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Соңғы үш жылдағы қызметінің тиімділігін жыл сайынғы бағалау күні мен нәтижесі, егер үш жылдан кем жұмыс істеген жағдайда, нақты жұмыс істеген кезеңіндегі бағасы көрсетіледі </w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>(мемлекеттік әкімшілік қызметшілер толтырады)/</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...453 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...6 lines deleted...]
-              <w:lastRenderedPageBreak/>
               <w:t>Дата и результаты ежегодной оценки эффективности деятельности за последние три года, в случае, если проработал менее трех лет, указываются оценки за фактически отработанный период (заполняется государственными служащими)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9437" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002422C4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>ЕҢБЕК ЖОЛЫ/ТРУДОВАЯ ДЕЯТЕЛЬНОСТЬ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2390" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...24 lines deleted...]
-              <w:t>/Дата</w:t>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Күні/Дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7060" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-              <w:t>қызметі</w:t>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметі, жұмыс орны, мекеменің орналасқан жері/</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...110 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:p>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>должность, место работы, местонахождение организации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...15 lines deleted...]
-              <w:t>қабылданған</w:t>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қабылданған/приема</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...6 lines deleted...]
-              <w:t>/приема</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>босатылған/</w:t>
             </w:r>
-          </w:p>
-[...47 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>увольнения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1201" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7119" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D296A" w:rsidTr="00B74597">
-[...87 lines deleted...]
-      <w:tr w:rsidR="005D296A" w:rsidTr="00B74597">
+      <w:tr w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidTr="00864993">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5326" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>_____________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
+              <w:t>Кандидаттың қолы/</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...37 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Подпись кандидата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4081" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="00B74597">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>_______________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002422C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...16 lines deleted...]
-              <w:t>/дата</w:t>
+              <w:t>күні/дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005D296A" w:rsidRDefault="005D296A" w:rsidP="005D296A">
-[...2 lines deleted...]
-        <w:keepLines/>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="567"/>
-[...3 lines deleted...]
-          <w:b/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="28"/>
-[...9 lines deleted...]
-        <w:keepLines/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00864993" w:rsidRPr="002422C4" w:rsidRDefault="00864993" w:rsidP="00864993">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="567"/>
-[...11 lines deleted...]
-    <w:sectPr w:rsidR="00E61F8A" w:rsidSect="009B0E1C">
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00591D91" w:rsidRPr="002422C4" w:rsidRDefault="00591D91" w:rsidP="00864993">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00591D91" w:rsidRPr="002422C4" w:rsidSect="009B0E1C">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00E03543" w:rsidRDefault="00E03543" w:rsidP="005C06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00E03543" w:rsidRDefault="00E03543" w:rsidP="005C06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="EAF7EEF2" w:usb2="2E003FF3" w:usb3="5F5F5F20" w:csb0="5F5F5F5F" w:csb1="5F5F5F5F"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00E03543" w:rsidRDefault="00E03543" w:rsidP="005C06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00E03543" w:rsidRDefault="00E03543" w:rsidP="005C06A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="00000001"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6B7AC4D0"/>
+    <w:name w:val="Outline"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:pStyle w:val="4"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="0E337CC1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FBEAC206"/>
+    <w:lvl w:ilvl="0" w:tplc="B622E9EE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:hint="default"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="2F06377B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E3C22B20"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="4DF91237"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E3C22B20"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3621" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4341" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5061" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5781" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6501" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7221" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7941" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8661" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="9381" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="57C44939"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2862BD0A"/>
+    <w:lvl w:ilvl="0" w:tplc="00867912">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1065" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1785" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2505" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3225" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3945" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4665" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5385" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6105" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6825" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="6DA100ED"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="695C65CE"/>
+    <w:lvl w:ilvl="0" w:tplc="19D0AB24">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1070" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:hint="default"/>
+        <w:b/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1790" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2510" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3230" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3950" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4670" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5390" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6110" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6830" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00814C86"/>
-[...91 lines deleted...]
-    <w:rsid w:val="00FD11DF"/>
+    <w:rsidRoot w:val="00393FDE"/>
+    <w:rsid w:val="00002419"/>
+    <w:rsid w:val="000055F6"/>
+    <w:rsid w:val="000174E0"/>
+    <w:rsid w:val="00024135"/>
+    <w:rsid w:val="00026B63"/>
+    <w:rsid w:val="00027932"/>
+    <w:rsid w:val="000460B4"/>
+    <w:rsid w:val="00047F43"/>
+    <w:rsid w:val="000505DF"/>
+    <w:rsid w:val="000668F5"/>
+    <w:rsid w:val="00090663"/>
+    <w:rsid w:val="00090E83"/>
+    <w:rsid w:val="000A215D"/>
+    <w:rsid w:val="000B221A"/>
+    <w:rsid w:val="000B2FF8"/>
+    <w:rsid w:val="000B5508"/>
+    <w:rsid w:val="000C0375"/>
+    <w:rsid w:val="000C0CA4"/>
+    <w:rsid w:val="000C524C"/>
+    <w:rsid w:val="000E2D27"/>
+    <w:rsid w:val="000E59F4"/>
+    <w:rsid w:val="000F13D8"/>
+    <w:rsid w:val="000F7205"/>
+    <w:rsid w:val="00105BF1"/>
+    <w:rsid w:val="001134E5"/>
+    <w:rsid w:val="0013438B"/>
+    <w:rsid w:val="00152277"/>
+    <w:rsid w:val="001715F8"/>
+    <w:rsid w:val="00183520"/>
+    <w:rsid w:val="001A3492"/>
+    <w:rsid w:val="001A3E5D"/>
+    <w:rsid w:val="001B61B2"/>
+    <w:rsid w:val="001C3AF3"/>
+    <w:rsid w:val="001D27D3"/>
+    <w:rsid w:val="001E10AB"/>
+    <w:rsid w:val="001F354F"/>
+    <w:rsid w:val="001F661A"/>
+    <w:rsid w:val="001F6877"/>
+    <w:rsid w:val="001F7408"/>
+    <w:rsid w:val="001F759D"/>
+    <w:rsid w:val="00220F50"/>
+    <w:rsid w:val="002250B5"/>
+    <w:rsid w:val="002422C4"/>
+    <w:rsid w:val="00266B07"/>
+    <w:rsid w:val="00297DE2"/>
+    <w:rsid w:val="002A3658"/>
+    <w:rsid w:val="002B0508"/>
+    <w:rsid w:val="002B29DB"/>
+    <w:rsid w:val="002B2E62"/>
+    <w:rsid w:val="002C2311"/>
+    <w:rsid w:val="002D0A83"/>
+    <w:rsid w:val="002E19CF"/>
+    <w:rsid w:val="002F7FF2"/>
+    <w:rsid w:val="00306BA8"/>
+    <w:rsid w:val="00312BA9"/>
+    <w:rsid w:val="00322EC3"/>
+    <w:rsid w:val="0033423F"/>
+    <w:rsid w:val="0034255A"/>
+    <w:rsid w:val="003426D9"/>
+    <w:rsid w:val="00347561"/>
+    <w:rsid w:val="0035720F"/>
+    <w:rsid w:val="0036056E"/>
+    <w:rsid w:val="003818EA"/>
+    <w:rsid w:val="003905DF"/>
+    <w:rsid w:val="00393FDE"/>
+    <w:rsid w:val="003A0C5A"/>
+    <w:rsid w:val="003F2B14"/>
+    <w:rsid w:val="00421CCE"/>
+    <w:rsid w:val="004239DB"/>
+    <w:rsid w:val="00440B16"/>
+    <w:rsid w:val="00446A6B"/>
+    <w:rsid w:val="00470B4B"/>
+    <w:rsid w:val="00485536"/>
+    <w:rsid w:val="004933B5"/>
+    <w:rsid w:val="004959FC"/>
+    <w:rsid w:val="004A2DBC"/>
+    <w:rsid w:val="004D5D94"/>
+    <w:rsid w:val="004E106E"/>
+    <w:rsid w:val="004E408E"/>
+    <w:rsid w:val="004E64ED"/>
+    <w:rsid w:val="004F54C0"/>
+    <w:rsid w:val="00500643"/>
+    <w:rsid w:val="00505983"/>
+    <w:rsid w:val="00506C83"/>
+    <w:rsid w:val="00512DC0"/>
+    <w:rsid w:val="005161DD"/>
+    <w:rsid w:val="0053576A"/>
+    <w:rsid w:val="00541112"/>
+    <w:rsid w:val="005459AD"/>
+    <w:rsid w:val="005579DC"/>
+    <w:rsid w:val="00562CBF"/>
+    <w:rsid w:val="00576149"/>
+    <w:rsid w:val="00591D91"/>
+    <w:rsid w:val="005A043C"/>
+    <w:rsid w:val="005A2948"/>
+    <w:rsid w:val="005A3579"/>
+    <w:rsid w:val="005C06A0"/>
+    <w:rsid w:val="005C6962"/>
+    <w:rsid w:val="005D15AC"/>
+    <w:rsid w:val="005D5C4E"/>
+    <w:rsid w:val="005E787B"/>
+    <w:rsid w:val="005F12FF"/>
+    <w:rsid w:val="005F4938"/>
+    <w:rsid w:val="005F563A"/>
+    <w:rsid w:val="005F59FB"/>
+    <w:rsid w:val="006026C7"/>
+    <w:rsid w:val="006042F4"/>
+    <w:rsid w:val="006064AB"/>
+    <w:rsid w:val="00614B9C"/>
+    <w:rsid w:val="006165B6"/>
+    <w:rsid w:val="00642F7F"/>
+    <w:rsid w:val="006438C4"/>
+    <w:rsid w:val="0066209F"/>
+    <w:rsid w:val="00672169"/>
+    <w:rsid w:val="00680FE7"/>
+    <w:rsid w:val="0069298D"/>
+    <w:rsid w:val="006946F3"/>
+    <w:rsid w:val="00697D8C"/>
+    <w:rsid w:val="006A5A8E"/>
+    <w:rsid w:val="006A7EC8"/>
+    <w:rsid w:val="006C2AC1"/>
+    <w:rsid w:val="006C3817"/>
+    <w:rsid w:val="006D72A0"/>
+    <w:rsid w:val="006E0A99"/>
+    <w:rsid w:val="006E25B8"/>
+    <w:rsid w:val="006E7216"/>
+    <w:rsid w:val="006F4344"/>
+    <w:rsid w:val="006F444A"/>
+    <w:rsid w:val="00700D4B"/>
+    <w:rsid w:val="0070180C"/>
+    <w:rsid w:val="007037E2"/>
+    <w:rsid w:val="0070542B"/>
+    <w:rsid w:val="0070741C"/>
+    <w:rsid w:val="00710675"/>
+    <w:rsid w:val="007131CB"/>
+    <w:rsid w:val="007132E3"/>
+    <w:rsid w:val="00713876"/>
+    <w:rsid w:val="00721215"/>
+    <w:rsid w:val="007225EF"/>
+    <w:rsid w:val="00725B86"/>
+    <w:rsid w:val="00743863"/>
+    <w:rsid w:val="00746575"/>
+    <w:rsid w:val="0074783D"/>
+    <w:rsid w:val="00753396"/>
+    <w:rsid w:val="00776FF5"/>
+    <w:rsid w:val="00777148"/>
+    <w:rsid w:val="00794070"/>
+    <w:rsid w:val="007A757B"/>
+    <w:rsid w:val="007C1539"/>
+    <w:rsid w:val="007C53A7"/>
+    <w:rsid w:val="007F23B7"/>
+    <w:rsid w:val="0080255F"/>
+    <w:rsid w:val="00805703"/>
+    <w:rsid w:val="00811A04"/>
+    <w:rsid w:val="00823F90"/>
+    <w:rsid w:val="00841DBF"/>
+    <w:rsid w:val="00860F64"/>
+    <w:rsid w:val="00864993"/>
+    <w:rsid w:val="008717EA"/>
+    <w:rsid w:val="00875F7D"/>
+    <w:rsid w:val="008A5682"/>
+    <w:rsid w:val="008D1B1F"/>
+    <w:rsid w:val="008D3D70"/>
+    <w:rsid w:val="008E2A1D"/>
+    <w:rsid w:val="00905260"/>
+    <w:rsid w:val="00905302"/>
+    <w:rsid w:val="00907884"/>
+    <w:rsid w:val="009162A6"/>
+    <w:rsid w:val="00917418"/>
+    <w:rsid w:val="00920023"/>
+    <w:rsid w:val="0092239E"/>
+    <w:rsid w:val="009420E5"/>
+    <w:rsid w:val="00965C86"/>
+    <w:rsid w:val="0096710D"/>
+    <w:rsid w:val="00982B20"/>
+    <w:rsid w:val="009834C3"/>
+    <w:rsid w:val="009904DB"/>
+    <w:rsid w:val="009A2638"/>
+    <w:rsid w:val="009A6278"/>
+    <w:rsid w:val="009B0E1C"/>
+    <w:rsid w:val="009B49EC"/>
+    <w:rsid w:val="009C0AB7"/>
+    <w:rsid w:val="009C73F1"/>
+    <w:rsid w:val="009C7E07"/>
+    <w:rsid w:val="009D7B5F"/>
+    <w:rsid w:val="009E6AB2"/>
+    <w:rsid w:val="009F5A19"/>
+    <w:rsid w:val="009F7850"/>
+    <w:rsid w:val="00A131FB"/>
+    <w:rsid w:val="00A331FC"/>
+    <w:rsid w:val="00A50676"/>
+    <w:rsid w:val="00A61912"/>
+    <w:rsid w:val="00A775F2"/>
+    <w:rsid w:val="00A81E70"/>
+    <w:rsid w:val="00A95080"/>
+    <w:rsid w:val="00AB1C8B"/>
+    <w:rsid w:val="00AB2246"/>
+    <w:rsid w:val="00AB56EE"/>
+    <w:rsid w:val="00AD773F"/>
+    <w:rsid w:val="00AF26CD"/>
+    <w:rsid w:val="00B01FDA"/>
+    <w:rsid w:val="00B04E2E"/>
+    <w:rsid w:val="00B1129B"/>
+    <w:rsid w:val="00B14899"/>
+    <w:rsid w:val="00B211A7"/>
+    <w:rsid w:val="00B23E85"/>
+    <w:rsid w:val="00B33503"/>
+    <w:rsid w:val="00B41B71"/>
+    <w:rsid w:val="00B4443A"/>
+    <w:rsid w:val="00B45D95"/>
+    <w:rsid w:val="00B470DF"/>
+    <w:rsid w:val="00B74E3C"/>
+    <w:rsid w:val="00B866F5"/>
+    <w:rsid w:val="00B90D35"/>
+    <w:rsid w:val="00B9124A"/>
+    <w:rsid w:val="00B95A6C"/>
+    <w:rsid w:val="00BB00CA"/>
+    <w:rsid w:val="00BB7009"/>
+    <w:rsid w:val="00BE06B8"/>
+    <w:rsid w:val="00BE49CE"/>
+    <w:rsid w:val="00C05C85"/>
+    <w:rsid w:val="00C403BD"/>
+    <w:rsid w:val="00C44460"/>
+    <w:rsid w:val="00C44E19"/>
+    <w:rsid w:val="00C51525"/>
+    <w:rsid w:val="00C57282"/>
+    <w:rsid w:val="00C614D4"/>
+    <w:rsid w:val="00C62AC8"/>
+    <w:rsid w:val="00C768C4"/>
+    <w:rsid w:val="00C96136"/>
+    <w:rsid w:val="00CA4F36"/>
+    <w:rsid w:val="00CB4168"/>
+    <w:rsid w:val="00CB4833"/>
+    <w:rsid w:val="00CD6E25"/>
+    <w:rsid w:val="00CE796C"/>
+    <w:rsid w:val="00CF3ECE"/>
+    <w:rsid w:val="00CF7973"/>
+    <w:rsid w:val="00D032A6"/>
+    <w:rsid w:val="00D04810"/>
+    <w:rsid w:val="00D0798A"/>
+    <w:rsid w:val="00D10597"/>
+    <w:rsid w:val="00D2250C"/>
+    <w:rsid w:val="00D22AC9"/>
+    <w:rsid w:val="00D26DCB"/>
+    <w:rsid w:val="00D36A07"/>
+    <w:rsid w:val="00D451BA"/>
+    <w:rsid w:val="00D50310"/>
+    <w:rsid w:val="00D54A5C"/>
+    <w:rsid w:val="00D55014"/>
+    <w:rsid w:val="00D6158C"/>
+    <w:rsid w:val="00D933EC"/>
+    <w:rsid w:val="00DA3DE1"/>
+    <w:rsid w:val="00DA53AD"/>
+    <w:rsid w:val="00DC7D78"/>
+    <w:rsid w:val="00DE554D"/>
+    <w:rsid w:val="00E03543"/>
+    <w:rsid w:val="00E30D81"/>
+    <w:rsid w:val="00E469AD"/>
+    <w:rsid w:val="00E537BC"/>
+    <w:rsid w:val="00E54A11"/>
+    <w:rsid w:val="00E57E4A"/>
+    <w:rsid w:val="00E62C28"/>
+    <w:rsid w:val="00E64082"/>
+    <w:rsid w:val="00E64560"/>
+    <w:rsid w:val="00E64F5C"/>
+    <w:rsid w:val="00E8056C"/>
+    <w:rsid w:val="00E90248"/>
+    <w:rsid w:val="00E903DE"/>
+    <w:rsid w:val="00E911D1"/>
+    <w:rsid w:val="00E96682"/>
+    <w:rsid w:val="00EA1ADF"/>
+    <w:rsid w:val="00EA6676"/>
+    <w:rsid w:val="00EB2CF0"/>
+    <w:rsid w:val="00EC5FC4"/>
+    <w:rsid w:val="00EC7E65"/>
+    <w:rsid w:val="00F00704"/>
+    <w:rsid w:val="00F13872"/>
+    <w:rsid w:val="00F20297"/>
+    <w:rsid w:val="00F2104C"/>
+    <w:rsid w:val="00F3013D"/>
+    <w:rsid w:val="00F42E72"/>
+    <w:rsid w:val="00F65570"/>
+    <w:rsid w:val="00F716D2"/>
+    <w:rsid w:val="00F773DB"/>
+    <w:rsid w:val="00F97600"/>
+    <w:rsid w:val="00FA04C3"/>
+    <w:rsid w:val="00FA0F6C"/>
+    <w:rsid w:val="00FA2637"/>
+    <w:rsid w:val="00FA63E5"/>
+    <w:rsid w:val="00FB40DF"/>
+    <w:rsid w:val="00FB7641"/>
+    <w:rsid w:val="00FD01E9"/>
+    <w:rsid w:val="00FD316D"/>
+    <w:rsid w:val="00FD638A"/>
+    <w:rsid w:val="00FD6994"/>
+    <w:rsid w:val="00FE20F8"/>
+    <w:rsid w:val="00FF190B"/>
+    <w:rsid w:val="00FF1DE4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{A5B282D0-09B9-4BE3-963A-4328EBCC3CF4}"/>
+  <w15:docId w15:val="{30022432-2877-4B0D-B0E3-B2AF714EF98A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9833,268 +9887,613 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="005D296A"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
-    <w:name w:val="heading 3"/>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="30"/>
-    <w:uiPriority w:val="9"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00616B16"/>
+    <w:rsid w:val="00725B86"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-      <w:outlineLvl w:val="2"/>
+      <w:keepNext/>
+      <w:numPr>
+        <w:ilvl w:val="3"/>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟" w:eastAsia="彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟" w:hAnsi="彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟" w:cs="彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟彟"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
-      <w:bCs/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="x-none" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:aliases w:val="Обычный (Web),Обычный (веб)1,Обычный (веб)1 Знак Знак Зн Знак Знак,Обычный (веб)1 Знак Знак Зн Знак,Обычный (веб)1 Знак Знак Зн,Знак4,Знак4 Знак Знак,Знак4 Знак,Обычный (Web)1,Обычный (веб) Знак1,Обычный (веб) Знак Знак1,Знак Знак1 Знак,Зн"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="005D296A"/>
+    <w:rsid w:val="00500643"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00500643"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Основной текст 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00500643"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Обычный (веб) Знак"/>
     <w:aliases w:val="Обычный (Web) Знак,Обычный (веб)1 Знак,Обычный (веб)1 Знак Знак Зн Знак Знак Знак,Обычный (веб)1 Знак Знак Зн Знак Знак1,Обычный (веб)1 Знак Знак Зн Знак1,Знак4 Знак1,Знак4 Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web)1 Знак,Зн Знак"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
-    <w:rsid w:val="005D296A"/>
+    <w:rsid w:val="00500643"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00776FF5"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a6">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00512DC0"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00725B86"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="x-none" w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00725B86"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00725B86"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
+    <w:rsid w:val="00725B86"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a9">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E62C28"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00920023"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00920023"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ac">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="001B61B2"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00743863"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005C06A0"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="005C06A0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af0">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af1"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005C06A0"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af1">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af0"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="005C06A0"/>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
     <w:name w:val="Без интервала1"/>
     <w:qFormat/>
-    <w:rsid w:val="005D296A"/>
+    <w:rsid w:val="00FF190B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle12">
     <w:name w:val="Font Style12"/>
-    <w:rsid w:val="005D296A"/>
+    <w:rsid w:val="00FF190B"/>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
       <w:spacing w:val="10"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="14"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a5">
-[...2 lines deleted...]
-    <w:uiPriority w:val="22"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af2">
+    <w:name w:val="Готовый"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00272FA1"/>
+    <w:rsid w:val="00FF190B"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="0"/>
+        <w:tab w:val="left" w:pos="959"/>
+        <w:tab w:val="left" w:pos="1918"/>
+        <w:tab w:val="left" w:pos="2877"/>
+        <w:tab w:val="left" w:pos="3836"/>
+        <w:tab w:val="left" w:pos="4795"/>
+        <w:tab w:val="left" w:pos="5754"/>
+        <w:tab w:val="left" w:pos="6713"/>
+        <w:tab w:val="left" w:pos="7672"/>
+        <w:tab w:val="left" w:pos="8631"/>
+        <w:tab w:val="left" w:pos="9590"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:b/>
-      <w:bCs/>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a6">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
+    <w:name w:val="Без интервала2"/>
+    <w:qFormat/>
+    <w:rsid w:val="00753396"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af3">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
-    <w:rsid w:val="00272FA1"/>
+    <w:rsid w:val="002422C4"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
-    </w:rPr>
-[...25 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
-    <w:div w:id="52122890">
+    <w:div w:id="83457872">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="158354023">
+    <w:div w:id="172184632">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1012731084">
+    <w:div w:id="312611577">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1219634462">
+    <w:div w:id="489057307">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="584460792">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="870457170">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1175607951">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1372418706">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1472362965">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1633559909">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1945454095">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2130397820">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10347,81 +10746,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AE8530A1-A6C0-4F4D-A6FB-784830EF3317}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{83700F89-A379-43CA-86FC-BA2E9D7AC684}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>11783</Characters>
+  <Pages>9</Pages>
+  <Words>2151</Words>
+  <Characters>12265</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>98</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>102</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13823</CharactersWithSpaces>
+  <CharactersWithSpaces>14388</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>User</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>