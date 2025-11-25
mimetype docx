--- v0 (2025-11-04)
+++ v1 (2025-11-25)
@@ -1,11328 +1,21032 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
-[...12 lines deleted...]
-          <w:b/>
+    <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="04050296">
-            <wp:extent cx="2060575" cy="572770"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5">
-[...6 lines deleted...]
-                    <a:srcRect/>
+                    <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2060575" cy="572770"/>
+                      <a:ext cx="2057400" cy="571500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...461 lines deleted...]
-        <w:t>      5. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Об утверждении правил проведения экспертизы временной нетрудоспособности, а также выдачи листа или справки о временной нетрудоспособности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приказ Министра здравоохранения Республики Казахстан от 18 ноября 2020 года № ҚР ДСМ-198/2020. Зарегистрирован в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Министерстве юстиции Республики Казахстан 20 ноября 2020 года № 21660.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z4"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В соответствии с пунктом 2 статьи 89 Кодекса Республики Казахстан от 7 июля 2020 года "О здоровье народа и системе здравоохранения" и пунктом 1 статьи 10 Закона Республики Казахс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тан от 15 апреля 2013 года "О государственных услугах" ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z5"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Утвердить Правила проведения экспертизы временной нетрудоспособности, а также выдачи листа или справки о временной нетрудоспособности согласно приложению </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>настоящему</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z6"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Признать утратившими силу некоторые приказы Министерства здравоохранения Республики Казахстан согласно приложению </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>настоящему</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z7"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Департаменту организации медицинской помощи Министерства здравоохранения Республики Казахстан в уста</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>новленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z8"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z9"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) размещение настоящего приказа на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства здравоохранени</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>я Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z10"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан предоставление в Юридический департамент Министерства здравоохранения Республики Казахстан сведе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ний об исполнении мероприятий, предусмотренных подпунктами 1) и 2).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z11"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра здравоохранения Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z12"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Настоящий приказ вводится в действие по истечении </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9000" w:type="dxa"/>
-[...5 lines deleted...]
-        </w:tblCellMar>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5862"/>
-        <w:gridCol w:w="3138"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="260"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidTr="0012411C">
+      <w:tr w:rsidR="002C1956">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6000" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
+          <w:bookmarkEnd w:id="8"/>
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0012411C">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
                 <w:i/>
-                <w:iCs/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>здравоохранения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRDefault="002C1956">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRDefault="002C1956">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>      Қазақстан Республикасы</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>Республики</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
                 <w:i/>
-                <w:iCs/>
-[...4 lines deleted...]
-              <w:t>Денсаулық сақтау министрі</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Казахстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3225" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0012411C">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
                 <w:i/>
-                <w:iCs/>
-[...3 lines deleted...]
-              <w:t>А. Цой</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">А. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Цой</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C1956" w:rsidRPr="00830CCA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 1 к приказу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Министра здравоохранения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 18 ноября 2020 года</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>№ ҚР ДСМ-198/2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
-[...8 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z15"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правила проведения экспертизы временной нетрудоспособности, а также выдачи листа или справки о временной нетрудоспособности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z16"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z17"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Настоящие Правила проведения экспертизы временной нетрудоспособности, а также выдачи листа или </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>справки о временной нетрудоспособности (далее – Правила) разработаны в соответствии с пунктом 2 статьи 89 Кодекса Республики Казахстан от 7 июля 2020 года "О здоровье народа и системе здравоохранения" (далее – Кодекс) и пунктом 1 статьи 10 Закона Республик</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и Казахстан от 15 апреля 2013 года "О государственных услугах" и определяют порядок проведения экспертизы временной нетрудоспособности, выдачи медицинскими организациями документов, удостоверяющих временную нетрудоспособность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z18"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. В настоящих Правилах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> используются следующие понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z315"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) уполномоченный орган в области здравоохранения (далее – уполномоченный орган) – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию в области охраны здоровья граждан Республики </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Казахстан, медицинской и фармацевтической науки, медицинского и фармацевтического образования, санитарно-эпидемиологического благополучия населения, обращения лекарственных средств и медицинских изделий, качества оказания медицинских услуг (помощи);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z316"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) лист о временной нетрудоспособности – документ, удостоверяющий временную нетрудоспособность лиц и подтверждающий право на временное освобождение от работы и получение пособия по временной нетрудоспособности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z317"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) справка о временной нетрудоспособнос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ти – документ, удостоверяющий факт нетрудоспособности, являющийся основанием для освобождения от работы (учебы) без получения пособия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z318"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – физические и юридические лица, за исключением центральных государственных органов, загранучре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ждений Республики Казахстан, местных исполнительных органов областей, городов республиканского значения, столицы, районов, городов областного значения, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>акимов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> районов в городе, городов районного значения, поселков, сел, сельских округов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z319"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – центральные государственные органы, загранучреждения Республики Казахстан, местные исполнительные органы областей, городов республиканского значения, столицы, районов, городов областного значения, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>акимы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> районов в городе, городов районного значения, п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оселков, сел, сельских округов, а также физические и юридические лица, оказывающие государственные услуги в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z320"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) государственная услуга – одна из форм реализации отдельных государственных функций, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осуществляемых в индивидуальном порядке по обращению или без обращения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и направленных на реализацию их прав, свобод и законных интересов, предоставление им соответствующих материальных или нематериальных благ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z321"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) стандарт государств</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>енной услуги – перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z322"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8) сервис ци</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>фровых документов – объект информационно-коммуникационной инфраструктуры "электронного правительства", закрепленный за оператором и предназначенный для создания, хранения и использования электронных документов в целях реализации государственных функций и в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ытекающих из них государственных услуг, а также при взаимодействии с физическими и юридическими лицами, получении и оказании услуг в электронной форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 2 - в редакции приказа Министра здравоохранения РК от 07.12.2021 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-125</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z26"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок проведения экспертизы временной нетрудоспособности, выдачи листа или справки о временной нетрудоспособности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z27"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Экспертиз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а временной нетрудоспособности проводится в медицинских организациях, осуществляющих медицинскую деятельность в соответствии с Законом Республики Казахстан от 16 мая 2014 года "О разрешениях и уведомлениях" (далее – Закон).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z28"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Экспертиза временной не</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>трудоспособности, выдача листа или справки о временной нетрудоспособности осуществляется:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z29"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) врачами медицинских организаций государственной и частной формы собственности, а также занимающиеся частной медицинской практикой (далее - субъекты здравоох</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ранения) при наличии у них лицензии на осуществление медицинской деятельности, включающей проведение экспертизы временной нетрудоспособности, выданной в соответствии с Законом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z30"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) медицинскими работниками со средним медицинским образованием </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>организаций первичной медико-санитарной помощи (далее - ПМСП) государственной формы собственности при самостоятельном приеме пациентов и самостоятельном обслуживании первичных вызовов на дому.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z31"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) врачебно-консультативной комиссией медицинской организ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ации (далее – ВКК).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="z32"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. При проведении экспертизы временной </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нетрудоспобности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> медицинский работник (врач, средний медицинский работник):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="z33"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) устанавливает признаки временной нетрудоспособности на основе оценки состояния здоровья, характера и услов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ий труда, социальных факторов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="z34"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) определяет сроки временной </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нетрудоспобности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в соответствии с настоящими Правилами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="z35"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) выдает лист или справку о временной </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нетрудоспобности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и назначает дату очередного посещения врача, фиксируя ее в первичной ме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дицинской документации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="z36"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) своевременно направляет пациента для консультации на ВКК и медико-социальную экспертную экспертизу (далее – МСЭ).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="z37"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 1. Порядок выдачи листа или справки о временной нетрудоспособности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="z38"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Для получения государст</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>венных услуг "Выдача листа о временной нетрудоспособности" или "Выдача справки о временной нетрудоспособности" физические лица (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>) обращаются в субъект здравоохранения (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>) с предоставлением документа, удостоверяющего личность, либ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о электронного документа из сервиса цифровых документов (для идентификации).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предоставляет пациенту государственные услуги "Выдача листа о временной нетрудоспособности" или "Выдача справки о временной нетрудоспособности" при самостоятел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ьном обращении или через веб-портал "Электронного правительства" (далее – портал). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги "Выдача листа о временной нетрудоспособности", включающий характеристики процесса, форму, содержание и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги приведен в стандарте государственной услуги согласно приложению </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>настоящим</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При подаче заявки в электронном виде сведения о документе, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">удостоверяющем личность, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получает из сервиса цифровых документов (для идентификации) через реализованную интеграцию при условии согласия владельца документа, предоставленного посредством зарегистрированного на веб-портале "электронного правите</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>льства" абонентского номера сотовой связи пользователя путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление веб-портала "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Срок оказания государственной ус</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">луги при самостоятельном обращении к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или через портал – с момента сдачи документа, удостоверяющего личность либо электронный документ из сервиса цифровых документов, не более 30 (тридцати) минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Для получения государственной услуги в эл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ектронном формате, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> формирует запрос на получение государственной услуги на портале, подписанный ЭЦП. Результат оказания государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> направляет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в "Личный кабинет" в форме электронного документа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Результатом государственной услуги является лист о временной нетрудоспособности по форме, согласно приложению 2 к настоящим Правилам либо мотивированный ответ об отказе в оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечивает внесение данных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке, установленном уполномоченным органом в сфере информатизации согласно подпункту 11) пункта 2 статьи 5 Закона Республики Казахстан "О госу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дарственных услугах".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 6 - в редакции приказа Министра здравоохранения РК от 07.12.2021 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-125</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="z46"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. Лист о временной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нетрудоспособности выдается при:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="z47"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) острых или обострении хронических заболеваний;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="z48"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) травмах и отравлениях, связанных с временной потерей трудоспособности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="z49"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) искусственном прерывании беременности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="z50"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) уходе за больным ребенком;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="z51"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) беременности и родах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="z52"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) усыновлении (удочерении) новорожденного ребенка (детей);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="z53"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) долечивании в санаторно-курортных организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="z54"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8) карантине;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="z55"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9) ортопедическом протезировании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="z56"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8. Справка о временной нетрудоспособно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сти по форме первичной медицинской документации организаций здравоохранения, утвержденной уполномоченным органом согласно подпункту 31) статьи 7 Кодекса, выдается при:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="z57"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) острых или обострении хронических заболеваний, травмах и отравлениях лицам, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающимся в организациях образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="z58"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) травмах, полученных в состоянии алкогольного или наркотического опьянения, а также при острой алкогольной или наркотической интоксикации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="z59"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) лечении хронического алкоголизма, наркомании, не осложненных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> иными расстройствами и заболеваниями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="z60"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) уходе за больным ребенком;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="z61"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) прохождении обследования в консультативно-диагностических организациях на период проведения инвазивных методов обследовании;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="z62"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) искусственном прерывании беременности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="z63"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) беременности и родах лицам, обучающимся в организациях образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="z64"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8) усыновлении (удочерении) новорожденного ребенка (детей);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="z65"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9) долечивании в санаторно-курортных организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="54" w:name="z66"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10) карантине;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="z67"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11) ортопедическом </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>протезировании;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="56" w:name="z68"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12) при наличии признаков нетрудоспособности до конца смены (выдается медицинскими работниками медицинских пунктов предприятий и организаций).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="z69"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги "Выдача справки о вре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">менной нетрудоспособности" включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги приведен в стандарте государственной услуги согласно приложению </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нас</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тоящим</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="58" w:name="z70"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При подаче заявки в электронном виде сведения о документе, удостоверяющим личность, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получает из сервиса цифровых документов (для идентификации) через реализованную интеграцию при условии согласия владельца документа, пре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>доставленного посредством зарегистрированного на веб-портале "электронного правительства" абонентского номера сотовой связи пользователя путем передачи одноразового пароля или отправления короткого текстового сообщения в качестве ответа на уведомление веб-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>портала "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="59" w:name="z71"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Срок оказания государственной услуги при самостоятельном обращении к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или через портал - с момента сдачи документа не более 30 (тридцати) минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="z72"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Для получения государственной услуги в электронно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">м формате, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> формирует запрос на получение государственной услуги на портале, подписанный ЭЦП. Результат оказания государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> направляет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в "Личный кабинет" в форме электронного документа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="61" w:name="z73"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Резуль</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>татом государственной услуги является справка о временной нетрудоспособности либо мотивированный ответ об отказе в оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="62" w:name="z74"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечивает внесение данных о стадии оказания государственной услуги в информационную си</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>стему мониторинга оказания государственных услуг в порядке, установленном уполномоченным органом в сфере информатизации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 8 с изменением, внесенным приказом Министра здравоохранения РК от 07.12.2021 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-125</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>стечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="63" w:name="z75"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9. Лист о временной нетрудоспособности в случаях, указанных в пункте 7 настоящих Правил выдается гражданам Республики Казахстан, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кандасам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, иностранцам, лицам без гра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жданства, постоянно проживающим на территории Республике Казахстан, осуществляющим трудовую деятельность и обучающимся в организациях образования на период их зачисления на оплачиваемые рабочие места в период производственной практики.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9 - в редакции приказа Министра здравоохранения РК от 07.12.2021 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-125</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="64" w:name="z76"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10. Выдача и продление листа или справки о временной нетрудосп</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>особности осуществляется медицинским работником после осмотра лица и записи данных о его состоянии здоровья в медицинской карте амбулаторного (стационарного) больного, обосновывающей необходимость временного освобождения его от работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="65" w:name="z77"/>
+      <w:bookmarkEnd w:id="64"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11. Лист о вре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>менной нетрудоспособности не выдается:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="66" w:name="z78"/>
+      <w:bookmarkEnd w:id="65"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) проходящим медицинское освидетельствование, медицинское обследование или лечение по направлению органов военного управления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="67" w:name="z79"/>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) находящимся под стражей или административным арестом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="68" w:name="z80"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) лицам с хро</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ническими заболеваниями вне обострения (ухудшения), проходящим обследование, принимающим различные процедуры и манипуляции в амбулаторно-поликлинических условиях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="69" w:name="z81"/>
+      <w:bookmarkEnd w:id="68"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) обратившимся за медицинской помощью в медицинскую организацию, если у них не выявлен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о признаков временной нетрудоспособности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="70" w:name="z82"/>
+      <w:bookmarkEnd w:id="69"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В указанных случаях пациенту выдается выписка из медицинской карты амбулаторного (стационарного) больного.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="71" w:name="z83"/>
+      <w:bookmarkEnd w:id="70"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12. Листы о временной нетрудоспособности не выдают следующие медицинские организации:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="72" w:name="z84"/>
+      <w:bookmarkEnd w:id="71"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>организации, осуществляющие деятельность в сфере службы крови;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="73" w:name="z85"/>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) организации, осуществляющие деятельность в сфере судебной медицины;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="74" w:name="z86"/>
+      <w:bookmarkEnd w:id="73"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) травматологические пункты и приемные отделения медицинских организаций, оказывающих стационарную помощь;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="75" w:name="z87"/>
+      <w:bookmarkEnd w:id="74"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) санаторно-курортные организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="76" w:name="z88"/>
+      <w:bookmarkEnd w:id="75"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) организации медицины катастроф;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="77" w:name="z89"/>
+      <w:bookmarkEnd w:id="76"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) организации, осуществляющие деятельность в сфере организации, осуществляющие деятельность в сфере формирования здорового образа жизни и здорового питания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="78" w:name="z90"/>
+      <w:bookmarkEnd w:id="77"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) вр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ачебно-физкультурные диспансеры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="79" w:name="z91"/>
+      <w:bookmarkEnd w:id="78"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8) организации, осуществляющие деятельность в сфере санитарно- эпидемиологического благополучия населения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="80" w:name="z92"/>
+      <w:bookmarkEnd w:id="79"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9) организации скорой медицинской помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="81" w:name="z93"/>
+      <w:bookmarkEnd w:id="80"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13. Лист или справка о временной нетрудоспособности выда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ются со дня установления временной нетрудоспособности, включая праздничные и выходные дни, на весь период до восстановления трудоспособности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="82" w:name="z94"/>
+      <w:bookmarkEnd w:id="81"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14. Лист или справка о временной нетрудоспособности не выдается за прошедшие дни, когда лицо не было осмотр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ено медицинским работником, за исключением случаев, указанных в пункте 26 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="83" w:name="z95"/>
+      <w:bookmarkEnd w:id="82"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 2. Выдача листа или справки о временной нетрудоспособности при острых или обострении хронических заболеваний, травмах и отравлениях</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="84" w:name="z96"/>
+      <w:bookmarkEnd w:id="83"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15. При острых и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ли обострении хронических заболеваний и травмах врач выдает лист или справку о временной нетрудоспособности единолично и единовременно на три календарных дня (на основании приказа руководителя медицинской организации в период повышенной заболеваемости насе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ления гриппом, ОРВИ - до шести календарных дней) и с общей продолжительностью не более шести календарных дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="85" w:name="z97"/>
+      <w:bookmarkEnd w:id="84"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Продление листа или справки о временной нетрудоспособности свыше шести календарных дней проводится совместно с заведующим отделением медици</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нской организации общей продолжительностью не более двадцати календарных дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="86" w:name="z98"/>
+      <w:bookmarkEnd w:id="85"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Продление листа о временной нетрудоспособности свыше двадцати календарных проводится по заключению ВКК.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="87" w:name="z99"/>
+      <w:bookmarkEnd w:id="86"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В медицинских организациях, где работает один врач, лист или </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>справка о временной нетрудоспособности выдается и продлевается единолично врачом на весь период нетрудоспособности с консультацией профильного специалиста.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="88" w:name="z100"/>
+      <w:bookmarkEnd w:id="87"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Физические лица, занимающиеся частной медицинской практикой, выдают лист или справку о временн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ой нетрудоспособности на срок не более шести календарных дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="89" w:name="z101"/>
+      <w:bookmarkEnd w:id="88"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Медицинские работники со средним медицинским образованием, указанные в подпункте 2) пункта 11 настоящих Правил выдают лист или справку о временной нетрудоспособности на срок не более тре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>х календарных дней. Продление листа или справки о временной нетрудоспособности свыше трех дней производится участковым врачом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="90" w:name="z102"/>
+      <w:bookmarkEnd w:id="89"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Фельдшеры в сельской местности при отсутствии врача на основании приказа руководителя медицинской организации в период повы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>шенной заболеваемости населения гриппом, ОРВИ выдают лист или справку о временной нетрудоспособности на срок с общей продолжительностью не более шести календарных дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="91" w:name="z103"/>
+      <w:bookmarkEnd w:id="90"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16. Лист о временной нетрудоспособности выдается на срок не более шестидесяти календарных дней, за исключением беременности и родов, а также заболеваний, определенных Перечнем заболеваний, для которых установлен срок временной нетрудоспособности боле</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>е двух месяцев согласно пункту 2 статьи 89 Кодекса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="92" w:name="z104"/>
+      <w:bookmarkEnd w:id="91"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Если по заключению ВКК отсутствуют основания для направления лица МСЭ с целью установления инвалидности, но условия труда лиц ухудшают клиническое течение и прогноз заболевания, выдается заключение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ВКК о временном переводе на более легкую работу сроком от двух до шести месяцев. Срок устанавливается ВКК в зависимости от профессии (специальности), тяжести течения и осложнений заболевания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="93" w:name="z105"/>
+      <w:bookmarkEnd w:id="92"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 17. Лицам, обратившимся за медицинской помощью после оконч</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ания рабочего времени (смены, учебы), дата освобождения от работы указывается в листе или справке о временной нетрудоспособности со следующего дня.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="94" w:name="z106"/>
+      <w:bookmarkEnd w:id="93"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18. Лист или справка о временной нетрудоспособности выдается в случае госпитализации - в стационаре со</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дня госпитализации, в случае лечения в амбулаторных условиях - в медицинской организации, оказывающей амбулаторно-поликлиническую помощь по месту прикрепления (иногороднему - по месту обращения) в день его обращения с зачетом дня обращения в травматологич</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>еский пункт и скорую медицинскую помощь на основании справки, подтверждающей их обращение в указанные медицинские организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="95" w:name="z107"/>
+      <w:bookmarkEnd w:id="94"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Лицо обращается в медицинскую организацию, оказывающую амбулаторно-поликлиническую помощь, на следующий день после обслужив</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ания бригадой скорой помощи и (или) в травматологическом пункте.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="96" w:name="z108"/>
+      <w:bookmarkEnd w:id="95"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Если лицо обслужено бригадой скорой помощи и (или) в травматологическом пункте в пятницу, в выходные и праздничные дни, то лист или справка о временной нетрудоспособности выдается медиц</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>инской организацией, оказывающей амбулаторно-поликлиническую помощь, с зачетом дня обращения в травматологический пункт и станцию скорой медицинской помощи и последующих за ним выходных и праздничных дней на основании справки, подтверждающей их обращение в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> указанные медицинские организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA" w:rsidP="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="97" w:name="z109"/>
+      <w:bookmarkEnd w:id="96"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 19. В случае нетрудоспособности лица до конца смены справка о временной нетрудоспособности выдается медицинским работником медицинских пунктов предприятий и организации с освобождением от работы до конца смены с по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>следующим направлением в медицинскую организацию. Выдачу листа или справки о временной нетрудоспособности производит медицинский работник медицинской организации, к которой прикреплено лицо, с зачетом дня обращения в медицинский пункт предприятия.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="97"/>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>20. При установленных туберкулезных, психических, кожно-венерических, онкологических заболеваниях и инфицированных вирусом иммунодефицита человека/синдромом приобретенного иммунодефицита (далее - ВИЧ/СПИД) лист или справка о временной нетрудоспособности вы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дается медицинскими работниками соответствующих специализированных медицинских организаций (отделений, кабинетов). При обращении лиц с этими заболеваниями в медицинские организации общего профиля медицинский работник выдает лист или справку о временной нет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рудоспособности на срок не более трех календарных дней с последующим направлением лиц в специализированную медицинскую организацию </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>отделение</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), а </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>при</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>отсутствии</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>таковых</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>профильному</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>специалисту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="98" w:name="z111"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>21. При переводе лиц в санаторно-курортную организацию</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для проведения медицинской реабилитации, как неотъемлемого компонента лечения, продление листа или справки о временной нетрудоспособности проводится медицинской организацией, к которой прикреплено лицо.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="99" w:name="z112"/>
+      <w:bookmarkEnd w:id="98"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 22. При стационарном лечении (включая дневные </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>стационары, реабилитационные центры) лист или справка о временной нетрудоспособности выдается на весь период стационарного лечения медицинским работником в день выписки лиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="100" w:name="z113"/>
+      <w:bookmarkEnd w:id="99"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Если к моменту выписки из стационара трудоспособность лиц полностью восстано</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>влена, лист или справка о временной нетрудоспособности закрывается датой выписки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="101" w:name="z114"/>
+      <w:bookmarkEnd w:id="100"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Лицам, продолжающим быть временно нетрудоспособными, лист или справка о временной нетрудоспособности продлевается на срок, с учетом времени, необходимого для его явки к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> медицинскому работнику поликлиники или вызова медицинского работника на дом (но не более чем на один календарный день).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="102" w:name="z115"/>
+      <w:bookmarkEnd w:id="101"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Лицам, получавшим лечение за пределами региона проживания, учитывается время, необходимое для прибытия к месту его постоянного пр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оживания (но не более чем на четыре календарных дня).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="103" w:name="z116"/>
+      <w:bookmarkEnd w:id="102"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дальнейшее продление и закрытие листа или справки о временной нетрудоспособности производится лицу по месту жительства медицинским работником, осуществляющим дальнейшее наблюдение за ним после зак</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лючения ВКК, или медицинской организацией, в которую был направлен больной для дальнейшего лечения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="104" w:name="z117"/>
+      <w:bookmarkEnd w:id="103"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 23. При травмах, полученных в состоянии алкогольного или наркотического опьянения, а также при острой алкогольной или наркотической интоксикации, на в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>есь период временной нетрудоспособности выдается справка о временной нетрудоспособности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="105" w:name="z118"/>
+      <w:bookmarkEnd w:id="104"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При возникновении другого заболевания, не связанного с тем, по которому пациенту выдана справка о временной нетрудоспособности, справка о временной нетрудоспособ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ности закрывается и выдается лист о временной нетрудоспособности. Если после восстановления трудоспособности по этому заболеванию временная нетрудоспособность, вызванная травмой, полученной в состоянии алкогольного или наркотического опьянения, продолжаетс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>я, вновь открывается справка о временной нетрудоспособности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="106" w:name="z119"/>
+      <w:bookmarkEnd w:id="105"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 24. При лечении хронического алкоголизма, наркомании, не осложненных иными расстройствами и заболеваниями, временная нетрудоспособность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>удостоверяется справкой. Если в этот период возникает</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заболевание или травма с наступлением временной нетрудоспособности и требуется прекращение лечения алкоголизма (наркомании), выдается лист о временной нетрудоспособности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="107" w:name="z120"/>
+      <w:bookmarkEnd w:id="106"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При осложнении хронического алкоголизма (наркомании) иными заболеваниями и сос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тояниями, нарушающими трудоспособность, на весь период нетрудоспособности выдается лист о временной нетрудоспособности, согласно настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="108" w:name="z121"/>
+      <w:bookmarkEnd w:id="107"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 25. Лицам, страдающим психическими заболеваниями, при несвоевременном обращении в медицинскую организ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ацию лист или справка о временной нетрудоспособности выдается за прошедшие дни по заключению ВКК психоневрологического диспансера или медицинского работника (врача-психиатра) совместно с руководителем медицинской организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="109" w:name="z122"/>
+      <w:bookmarkEnd w:id="108"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Лицам, направленным по р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ешению суда на судебно-медицинскую или судебно-психиатрическую экспертизу и признанных нетрудоспособными, лист или справка о временной нетрудоспособности выдается со дня поступления на экспертизу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="110" w:name="z123"/>
+      <w:bookmarkEnd w:id="109"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26. Лицу, совмещающему обучение с работой, выдается л</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ист или справка о временной нетрудоспособности одновременно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="111" w:name="z124"/>
+      <w:bookmarkEnd w:id="110"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 27. В случае, если лицо работает у нескольких работодателей, лист о временной нетрудоспособности выдается по одному месту работы, в другие места работы лица выдаются копии листа о временной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нетрудоспособности, заверенные руководителем медицинской организации и закрепленные печатью медицинской организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="112" w:name="z125"/>
+      <w:bookmarkEnd w:id="111"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 28. Лист или справка о временной нетрудоспособности иногородним лицам оформляются в медицинской организации по месту их временного п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ребывания и выдаются по согласованию с руководителем соответствующей медицинской организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="113" w:name="z126"/>
+      <w:bookmarkEnd w:id="112"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Продление указанного листа или справки о временной нетрудоспособности производится в медицинской организации по месту прикрепления лица при наличии заключен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ия ВКК медицинской организации, открывшей лист или справку о временной нетрудоспособности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="114" w:name="z127"/>
+      <w:bookmarkEnd w:id="113"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 29. Лицам, направленным в медицинские организации вне места их постоянного жительства, в том числе за пределы Республики Казахстан, лист или справка о временно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>й нетрудоспособности выдается направляющей медицинской организацией по заключению ВКК на дни, необходимые на проезд, но не более пяти календарных дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="115" w:name="z128"/>
+      <w:bookmarkEnd w:id="114"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Продление данного листа или справки о временной нетрудоспособности производится в медицинской орга</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>низации, в которую лицо было направлено.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="116" w:name="z129"/>
+      <w:bookmarkEnd w:id="115"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Если лицо было направлено за пределы Республики Казахстан, окончательное оформление листа или справки о временной нетрудоспособности производится ВКК при его возвращении на основании документов о консультации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(лечении) в другой стране.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="117" w:name="z130"/>
+      <w:bookmarkEnd w:id="116"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30. Лицам, получившим лист или справку о временной нетрудоспособности в медицинской организации по месту их прикрепления, их продление в другой медицинской организации производится лишь при наличии заключения ВКК медицинско</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>й организации, выдавшей лист или справку о временной нетрудоспособности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="118" w:name="z131"/>
+      <w:bookmarkEnd w:id="117"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 31. Документы, удостоверяющие факт болезни, травмы за рубежом граждан Республики Казахстан и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кандасов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, иностранных граждан, лиц без гражданства, постоянно проживающих и осуществ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ляющих трудовую деятельность на территории Республики Казахстан, являются основанием для выдачи листа или справки о временной нетрудоспособности по заключению ВКК медицинской организации по месту его прикрепления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Документы, удостоверяющие факт болез</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ни, травмы необходимо перевести на казахский или русский язык и заверены в стране пребывания или в Республике Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 31 - в редакции приказа Министра здравоохранения РК от 07.12.2021 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-125</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении де</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="119" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="119"/>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="120" w:name="z133"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 32. Иностранным гражданам, пребывающим в Республике Казахстан временно, в случае заболевания, травмы выдается справка о временной нетрудоспособности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="121" w:name="z134"/>
+      <w:bookmarkEnd w:id="120"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 33. Направляются на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>МСЭ длительно болеющие, работающие лица с листами о временной нетрудоспособности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="122" w:name="z135"/>
+      <w:bookmarkEnd w:id="121"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) не ранее четырех месяцев со дня наступления временной нетрудоспособности или не позднее пяти месяцев временной нетрудоспособности в течение последних двенадцати меся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>цев при повторных заболеваниях (при одном и том же заболевании);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="123" w:name="z136"/>
+      <w:bookmarkEnd w:id="122"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) не ранее четырех месяцев со дня наступления временной нетрудоспособности при травмах, при наличии перспективного прогноза течения болезни, по решению </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ВКК, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лист</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нетрудоспособности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>про</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>длевается</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>два</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>месяца</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="124" w:name="z137"/>
+      <w:bookmarkEnd w:id="123"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) не ранее восьми месяцев со дня наступления временной нетрудоспособности вследствие заболевания туберкулезом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="125" w:name="z138"/>
+      <w:bookmarkEnd w:id="124"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 34. Лицу, признанному инвалидом, лист или справка о временной нетрудоспособности закрывается датой </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>установления группы инвалидности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="126" w:name="z139"/>
+      <w:bookmarkEnd w:id="125"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 35. Работающие инвалиды направляются на МСЭ при ухудшении здоровья по </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>инвалидизирующему</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заболеванию не ранее двух месяцев со дня временной нетрудоспособности. Если ухудшение здоровья работающих инвалидов не связано с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>инвалидизирующим</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заболеванием, то лист о временной нетрудоспособности выдается, согласно настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="127" w:name="z140"/>
+      <w:bookmarkEnd w:id="126"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 36. При отказе лица от направления на МСЭ лист о временной нетрудоспособности не продлевается со дня отказа от направления на МСЭ, сведения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>об этом указываются в листе временной нетрудоспособности и в медицинской карте амбулаторного (стационарного) больного.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="128" w:name="z141"/>
+      <w:bookmarkEnd w:id="127"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 37. Бланки листов временной нетрудоспособности являются документами строгой отчетности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="129" w:name="z142"/>
+      <w:bookmarkEnd w:id="128"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 38. Лист о временной нетрудоспособнос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ти заполняется на государственном или русском языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="130" w:name="z143"/>
+      <w:bookmarkEnd w:id="129"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 39. Субъектами здравоохранения, выдающими лист о временной нетрудоспособности, заполняется его лицевая сторона. На лицевой стороне листа временной нетрудоспособности под названием "Лист о временно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>й нетрудоспособности" подчеркивается соответственно либо слово "Первичный", либо слово "Продолжение". Затем указывается название и адрес медицинской организации, дата выдачи листа, фамилия, имя, отчество (при его наличии), должность и место работы пациента</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и ставится печать медицинской организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="131" w:name="z144"/>
+      <w:bookmarkEnd w:id="130"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 40. В графе "Вид временной нетрудоспособности" указывается основание выдачи листа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="132" w:name="z145"/>
+      <w:bookmarkEnd w:id="131"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Если лист временной нетрудоспособности выдан в связи с родами - указывается дата родов, усыновлением или удочерением </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>- дата усыновления или удочерения, по уходу за больным ребенком - дата и год рождения ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="133" w:name="z146"/>
+      <w:bookmarkEnd w:id="132"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 41. В строке "Режим" указывается вид предписанного лечебно-охранительного режима (стационарный, амбулаторный, санаторный). При нарушениях режима, назначенн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ого медицинским работником, отмечаются случаи нарушения режима лицом (злоупотребление алкоголем, невыполнение назначенного обследования или лечения, неявки на прием к медицинскому работнику в указанный срок, выезд в другую местность и другое) и ставится по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дпись медицинского работника.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="134" w:name="z147"/>
+      <w:bookmarkEnd w:id="133"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 42. В соответствующих графах делаются отметки о сроках стационарного лечения, о дате направления на МСЭ и их заключении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="135" w:name="z148"/>
+      <w:bookmarkEnd w:id="134"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 43. В разделе "Освобождение от работы" графа, "С какого числа" заполняется арабскими цифрами,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> а графа "По какое число включительно" - прописью. В каждой строке этого раздела указываются должность, фамилия и инициалы, подпись медицинского работника.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="136" w:name="z149"/>
+      <w:bookmarkEnd w:id="135"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 44. Строка "Приступить к работе" заполняется прописью (число и месяц) следующим днем после осм</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>отра и признания лица трудоспособным. В случае сохраняющейся временной нетрудоспособности делается запись: "Продолжает болеть" и указывается номер и дата выдачи другого листа нетрудоспособности. В других случаях завершения временной нетрудоспособности дела</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ются записи: "Установлена инвалидность (дата)", "Умер" (с указанием даты смерти).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="137" w:name="z150"/>
+      <w:bookmarkEnd w:id="136"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В случае, когда лицо после выдачи или продления листа о временной нетрудоспособности на прием не явилось, а при очередном посещении признано трудоспособным, в строке "П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>риступить к работе" листа нетрудоспособности делается запись: "Явился трудоспособным" (с указанием даты явки), свободные строки граф "С какого числа" и "По какое число включительно" таблицы "Освобождение от работы" прочерчиваются знаком "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Z</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="138" w:name="z151"/>
+      <w:bookmarkEnd w:id="137"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 45. Лист</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о временной нетрудоспособности не закрывается по требованию администрации с места его работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="139" w:name="z152"/>
+      <w:bookmarkEnd w:id="138"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 46. Номера бланков листов о временной нетрудоспособности, дата их выдачи, дата продления или выписки на работу записываются в медицинской карте амбулаторно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>го больного (медицинской карте стационарного больного).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="140" w:name="z153"/>
+      <w:bookmarkEnd w:id="139"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 47. Оборотная сторона листа о временной нетрудоспособности заполняется работодателем с проставлением печати по месту работы лица с учетом выделения рабочих дней в период временной нетрудоспособн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ости, которые подлежат оплате.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="141" w:name="z154"/>
+      <w:bookmarkEnd w:id="140"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 48. Исправления вносятся, зачеркнув написанное неправильно и подписав сверху правильно. Исправление оговаривается на полях за подписью медицинского работника, заверенной печатью субъекта здравоохранения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="142" w:name="z155"/>
+      <w:bookmarkEnd w:id="141"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 49. Печат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ь субъекта здравоохранения ставится при открытии, с правой стороны сверху в первом разделе листа временной нетрудоспособности и внизу - при выписке на работу или при выдаче продолжения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="143" w:name="z156"/>
+      <w:bookmarkEnd w:id="142"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 50. Все листы о временной нетрудоспособности выдаются временно н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>етрудоспособным под расписку на корешках, которые служат документом для отчетности по бланкам листов временной нетрудоспособности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="144" w:name="z157"/>
+      <w:bookmarkEnd w:id="143"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 51. Учет выданных листов о временной нетрудоспособности производится в книге регистрации листов временной нетрудоспособ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ности, утвержденной уполномоченным органом согласно подпункту 31) статьи 7 Кодекса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="145" w:name="z158"/>
+      <w:bookmarkEnd w:id="144"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 52. Испорченные и невостребованные бланки листов о временной нетрудоспособности погашаются медицинскими работниками, выдавшими их, в следующем порядке: бланк перечерк</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ивается накрест и крупными буквами пишется "испорчен" или "погашен".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="146" w:name="z159"/>
+      <w:bookmarkEnd w:id="145"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Корешки бланков, испорченные и невостребованные бланки хранятся в медицинской организации в течение двух лет, а затем на основании приказа руководителя уничтожаются. Акт (произвольн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ой формы) об уничтожении испорченных и невостребованных бланков хранится в течение пяти лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="147" w:name="z160"/>
+      <w:bookmarkEnd w:id="146"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 53. При утере листа о временной нетрудоспособности выдается дубликат тем субъектом здравоохранения, который выдал лист о временной нетрудоспособности, по пре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дъявлению справки с места работы о том, что пособие по утерянному листу временной нетрудоспособности выплачено не было. На лицевой стороне дубликата сверху делается отметка: "Дубликат".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="148" w:name="z161"/>
+      <w:bookmarkEnd w:id="147"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 54. Лицу, не явившемуся на прием к врачу в назначенный день, лис</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>т о временной нетрудоспособности продлевается со дня обращения, без зачета пропущенных дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="149" w:name="z162"/>
+      <w:bookmarkEnd w:id="148"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 55. Когда нетрудоспособность продолжается, медицинский работник выдает лицу "продолжение" листа о временной нетрудоспособности, сделав отметку о нарушении ре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жима в первичном листе временной о нетрудоспособности в графе "Отметки о нарушении режима".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="150" w:name="z163"/>
+      <w:bookmarkEnd w:id="149"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 56. В случаях хищения или потери бланков листа о временной нетрудоспособности, медицинские организации сообщают об указанных фактах в срок не позднее трех кал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ендарных дней со дня их выявления местному органу государственного управления здравоохранением.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="151" w:name="z164"/>
+      <w:bookmarkEnd w:id="150"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 3. Выдача листа или справки о временной нетрудоспособности по беременности и родам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="152" w:name="z165"/>
+      <w:bookmarkEnd w:id="151"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 57. Порядок выдачи листа или справки о временной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нетрудоспособности по беременности и родам:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="153" w:name="z166"/>
+      <w:bookmarkEnd w:id="152"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) лист или справка о временной нетрудоспособности по беременности и родам выдается медицинским работником (врачом акушером-гинекологом), а при его отсутствии - врачом, совместно с заведующим отделением пос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ле заключения ВКК с тридцати недель беременности на срок продолжительностью сто двадцать шесть календарных дней (семьдесят календарных дней до родов и пятьдесят шесть календарных дней после родов) при нормальных родах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="154" w:name="z167"/>
+      <w:bookmarkEnd w:id="153"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Женщинам, проживающим на террит</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ориях, подвергшихся воздействию ядерных испытаний, лист или справка о нетрудоспособности по беременности и родам выдается с двадцати семи недель продолжительностью сто семьдесят календарных дней (девяносто один календарный день до родов и семьдесят девять </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>календарных дней после родов) при нормальных родах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="155" w:name="z168"/>
+      <w:bookmarkEnd w:id="154"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) женщинам, временно выехавшим с постоянного места жительства в пределах Республики Казахстан, лист или справка о временной нетрудоспособности по беременности и родам выдается (продлевается) в мед</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ицинской организации, где произошли роды или в женской консультации (кабинете) по месту наблюдения согласно выписке (обменной карты) родовспомогательной организации, согласно подпункту 31) статьи 7 Кодекса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="156" w:name="z169"/>
+      <w:bookmarkEnd w:id="155"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Женщинам, временно выехавшим с постоянного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>места жительства за пределы Республики Казахстан, при их обращении в период действия отпуска по беременности и родам лист или справка о временной нетрудоспособности по беременности и родам выдается (продлевается) в медицинской организации по месту прикрепл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ения по заключению ВКК, при предъявлении документов, удостоверяющих факт рождения ребенка (детей) в медицинской организации и свидетельство о рождении ребенка. Предоставляемые документы переводятся на казахский или русский язык и заверяются в стране пребыв</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ания или в Республике Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="157" w:name="z170"/>
+      <w:bookmarkEnd w:id="156"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) в случае осложненных родов, рождении двух и более детей, лист или справка о временной нетрудоспособности продлевается дополнительно на четырнадцать календарных дней медицинским работником (врачом акушером-гинеколог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ом), а при его отсутствии - врачом, совместно с заведующим отделением после заключения ВКК по месту наблюдения согласно выписке родовспомогательной организации здравоохранения. В этих случаях общая продолжительность дородового и послеродового отпусков сост</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>авляет сто сорок календарных дней (семьдесят календарных дней до родов и семьдесят календарных дней после родов).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="158" w:name="z171"/>
+      <w:bookmarkEnd w:id="157"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Женщинам, проживающим на территориях, подвергшихся воздействию ядерных испытаний, в случае осложненных родов, рождении двух и более дете</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>й, лист или справка о временной нетрудоспособности продлевается дополнительно на четырнадцать календарных дней, общая продолжительность дородового и послеродового отпусков составляет сто восемьдесят четыре дня (девяносто один календарный день до родов и де</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вяносто три календарных дня после родов);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="159" w:name="z172"/>
+      <w:bookmarkEnd w:id="158"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) в случае родов при сроке от двадцати двух до двадцати девяти недель беременности и рождения ребенка с массой тела пятьсот грамм и более, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>прожившего более семи суток, женщине выдается лист или справка о нет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>рудоспособности по факту родов на семьдесят календарных дней после родов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="160" w:name="z173"/>
+      <w:bookmarkEnd w:id="159"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В случае родов при сроке от двадцати двух до двадцати девяти недель беременности и рождения мертвого плода или ребенка с массой тела пятьсот грамм и более, умершего до семи сут</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ок жизни, женщине выдается лист или справка о временной нетрудоспособности по факту родов на пятьдесят шесть календарных дней после родов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="161" w:name="z174"/>
+      <w:bookmarkEnd w:id="160"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) женщинам, проживающим на территориях, подвергшихся воздействию ядерных испытаний, в случае родов при сроке о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>т двадцати двух до двадцати девяти недель беременности и рождения ребенка с массой тела пятьсот грамм и более, прожившего более семи суток, лист или справка о временной нетрудоспособности выдается на девяносто три календарных дня после родов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="162" w:name="z175"/>
+      <w:bookmarkEnd w:id="161"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Женщина</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>м, проживающим на территориях, подвергшихся воздействию ядерных испытаний, в случае родов при сроке от двадцати двух до двадцати девяти недель беременности и рождения мертвого плода или ребенка с массой тела пятьсот грамм и более, умершего до семи суток жи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>зни, лист или справка о временной нетрудоспособности выдается на семьдесят девять календарных дней после родов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="163" w:name="z176"/>
+      <w:bookmarkEnd w:id="162"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) при обращении женщины в период беременности за листом временной нетрудоспособности отпуск по беременности и родам исчисляется суммарно </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и предоставляется полностью независимо от числа дней, фактически использованных ею до родов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="164" w:name="z177"/>
+      <w:bookmarkEnd w:id="163"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При обращении женщины в период после родов за листом временной нетрудоспособности предоставляется только отпуск после родов продолжительностью, предусмотренн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ой настоящим пунктом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="165" w:name="z178"/>
+      <w:bookmarkEnd w:id="164"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) при наступлении беременности в период нахождения женщины в оплачиваемом ежегодном трудовом отпуске или отпуске без сохранения заработной платы по уходу за ребенком до достижения им трех лет, лист о временной нетрудоспособност</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и выдается на все дни отпуска по беременности и родам, за исключением случаев, предусмотренных частью второй подпункта 6) настоящего пункта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="166" w:name="z179"/>
+      <w:bookmarkEnd w:id="165"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8) в случае смерти матери при родах или в послеродовом периоде, лист или справка о временной нетрудоспособнос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ти выдается лицу, осуществляющему уход за новорожденным;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="167" w:name="z180"/>
+      <w:bookmarkEnd w:id="166"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9) при операции по искусственному прерыванию беременности, лист или справка о временной нетрудоспособности выдается врачом совместно с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>заведующим отделением на время пребывания в стационаре и а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мбулаторно-поликлиническом уровне, где производилась операция, а в случае осложнения - на весь период временной нетрудоспособности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="168" w:name="z181"/>
+      <w:bookmarkEnd w:id="167"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При самопроизвольном аборте (выкидыше) выдается лист или справка о временной нетрудоспособности на весь период временн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ой нетрудоспособности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="169" w:name="z182"/>
+      <w:bookmarkEnd w:id="168"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10) при проведении операции пересадки эмбриона лист или справка о временной нетрудоспособности выдается медицинской организацией, проводившей операцию, со дня подсадки эмбриона до факта установления беременности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="170" w:name="z183"/>
+      <w:bookmarkEnd w:id="169"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Лицам, у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сыновившим (удочерившим) новорожденного ребенка (детей), а также биологической матери при суррогатном материнстве непосредственно из родильного дома лист или справка о временной нетрудоспособности выдается, со дня усыновления (удочерения) и до истечения пя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тидесяти шести календарных дней со дня рождения ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="171" w:name="z184"/>
+      <w:bookmarkEnd w:id="170"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 58. Беременным женщинам, женщинам, родившим ребенка (детей), женщинам (мужчинам), усыновившим или удочерившим новорожденного ребенка (детей) лист временной нетрудоспособности выдается в двух эк</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>земплярах:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="172" w:name="z185"/>
+      <w:bookmarkEnd w:id="171"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) для осуществления социальной выплаты на случай потери дохода в связи с беременностью и родами, усыновлением (удочерением) новорожденного ребенка (детей) из Государственного фонда социального страхования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="173" w:name="z186"/>
+      <w:bookmarkEnd w:id="172"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) для предоставления отпу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ска по беременности и родам, отпуска работникам, усыновившим (удочерившим) новорожденного ребенка (детей) по месту работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="174" w:name="z187"/>
+      <w:bookmarkEnd w:id="173"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 4. Выдача листа или справки о временной нетрудоспособности по уходу за больным ребенком</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="175" w:name="z188"/>
+      <w:bookmarkEnd w:id="174"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 59. Лист или справка о времен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ной нетрудоспособности по уходу за больным ребенком выдается медицинским работником одному из законных представителей ребенка или близких родственников, непосредственно осуществляющему уход.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="176" w:name="z189"/>
+      <w:bookmarkEnd w:id="175"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 60. По уходу за больным ребенком, лист или справка о времен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ной нетрудоспособности выдается и продлевается на период, в течение которого он нуждается в уходе, но не более десяти календарных дней. При заболевании ребенка, находящегося с матерью или другим законным представителем ребенка вне места постоянного жительс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тва, лист или справка о временной нетрудоспособности по уходу за больным ребенком выдается как иногородним (за подписью руководителя медицинской организации).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="177" w:name="z190"/>
+      <w:bookmarkEnd w:id="176"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 61. При стационарном лечении ребенка, в том числе в реабилитационном центре, нуждающегося п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о заключению ВКК в уходе, лист или справка о временной нетрудоспособности по уходу выдается одному из родителей или лицу, ухаживающему за ним при лечении:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="178" w:name="z191"/>
+      <w:bookmarkEnd w:id="177"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) ребенка в возрасте до трех лет - на весь период пребывания ребенка в стационаре;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="179" w:name="z192"/>
+      <w:bookmarkEnd w:id="178"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тяжелобольных детей старше трех лет - на срок, в течение которого ребенок нуждается в таком уходе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="180" w:name="z193"/>
+      <w:bookmarkEnd w:id="179"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) ребенка-инвалида - на весь период пребывания в стационаре по заключению ВКК;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="181" w:name="z194"/>
+      <w:bookmarkEnd w:id="180"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) по направлению медицинской организацией вне места их </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>постоянного жительства, в том числе за пределы Республики Казахстан, на весь период пребывания в стационаре, включая время, необходимое на проезд в оба конца.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="182" w:name="z195"/>
+      <w:bookmarkEnd w:id="181"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 62. Если ребенок после выписки из стационара нуждается в уходе, а до госпитализации освобож</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дение от работы для ухода за ним не проводилось, лист или справка о временной нетрудоспособности выдается медицинской организацией по месту жительства на период до десяти календарных дней. Если до госпитализации в стационар по данному заболеванию уже выдав</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ался лист или справка о временной нетрудоспособности, то он выдается на оставшиеся дни (до десяти дней).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="183" w:name="z196"/>
+      <w:bookmarkEnd w:id="182"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 63. При возникновении у ребенка другого заболевания, не связанного с предыдущим заболеванием в период освобождения по уходу, выдается другой лист</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или справка о временной нетрудоспособности матери (отцу или другому члену семьи).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="184" w:name="z197"/>
+      <w:bookmarkEnd w:id="183"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 64. Если ребенок был направлен на лечение за пределы Республики Казахстан, окончательное оформление листа или справки о временной нетрудоспособности проводится ВКК при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> его возвращении на основании документов о консультации (лечении) в другой стране.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="185" w:name="z198"/>
+      <w:bookmarkEnd w:id="184"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 65. При одновременном заболевании двух и более детей по уходу за ними выдается один лист или справка о временной нетрудоспособности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="186" w:name="z199"/>
+      <w:bookmarkEnd w:id="185"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 66. При заболевании ребенка </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в период, не требующий освобождения матери (отца) от работы (оплачиваемый ежегодный трудовой отпуск, отпуск по беременности и родам, отпуск без сохранения заработной платы, выходные или праздничные дни, а также при возникновении у ребенка другого заболеван</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ия, не связанного с предыдущим), лист временной нетрудоспособности по уходу выдается со дня, когда она (он) должна (должен) приступить к работе, без учета дней от начала заболевания ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="187" w:name="z200"/>
+      <w:bookmarkEnd w:id="186"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 67. В случае болезни матери (отца), по которым она (он) не </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>может осуществлять уход за ребенком, лист или справка о временной нетрудоспособности выдается медицинской организацией по месту их лечения одному из членов семьи, фактически осуществляющему уход за ребенком, на срок болезни матери (отца).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="188" w:name="z201"/>
+      <w:bookmarkEnd w:id="187"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 68. При вре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>менной нетрудоспособности лиц, находящихся в отпуске по уходу за больным ребенком, работающих в условиях неполного рабочего дня или на дому, выдается лист временной нетрудоспособности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="189" w:name="z202"/>
+      <w:bookmarkEnd w:id="188"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 69. Лист или справка о временной нетрудоспособности не выдаются п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о уходу за хронически больными детьми в период ремиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="190" w:name="z203"/>
+      <w:bookmarkEnd w:id="189"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 5. Выдача листа или справки о временной нетрудоспособности при карантине</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="191" w:name="z204"/>
+      <w:bookmarkEnd w:id="190"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 70. При временном отстранении от работы лиц, контактировавших с инфекционными больными, или вследствие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бактери</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оносительства</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, лист или справка о временной нетрудоспособности выдается медицинским работником (участковый врач) медицинской организации по представлению врача-эпидемиолога территориального департамента Комитета санитарно-эпидемиологического контроля Минис</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>терства здравоохранения Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="192" w:name="z205"/>
+      <w:bookmarkEnd w:id="191"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Продолжительность отстранения от работы в этих случаях определяется сроками изоляции лиц, перенесших инфекционные заболевания и контактировавших с ними.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="193" w:name="z206"/>
+      <w:bookmarkEnd w:id="192"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Лицо на период нахождения на домашнем или ста</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ционарном карантине в связи с чрезвычайной ситуацией в области общественного здравоохранения по взаимному соглашению с работодателем может осуществлять дистанционную работу на основании справки, выданной по форме утвержденной уполномоченным органом согласн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о подпункту 31) статьи 7 Кодекса, качестве документа, удостоверяющего его нахождение под медицинским наблюдением. Лист о временной нетрудоспособности в таком случае не выдается.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="194" w:name="z207"/>
+      <w:bookmarkEnd w:id="193"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 71. При карантине лист или справка о временной нетрудоспособности по ухо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ду за ребенком до семи лет, посещающим дошкольное образовательное учреждение, выдается одному из работающих или обучающихся членов семьи на весь период карантина на основании рекомендаций врача-эпидемиолога территориального органа санитарно-эпидемиологичес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кого надзора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="195" w:name="z208"/>
+      <w:bookmarkEnd w:id="194"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 72. Лицам, работающим в организациях общественного питания, водоснабжения, медицинских организаций, детских учреждениях, при наличии у них гельминтоза, лист о временной нетрудоспособности выдается на весь период дегельминтизации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="196" w:name="z209"/>
+      <w:bookmarkEnd w:id="195"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> Параг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>раф 6. Выдача листа или справки о временной нетрудоспособности при ортопедическом протезировании</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="197" w:name="z210"/>
+      <w:bookmarkEnd w:id="196"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 73. Лист или справка о временной нетрудоспособности при ортопедическом протезировании выдается при госпитализации лица в стационар протезно-ортопедическо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>го центра медицинским работником стационара, совместно с руководителем медицинской организации при выписке больного из стационара, на весь период пребывания в стационаре и время проезда к месту лечения и обратно, но не более чем на тридцать календарных дне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>й.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="198" w:name="z211"/>
+      <w:bookmarkEnd w:id="197"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Лицам, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>протезирующимся</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в амбулаторно-поликлинических условиях, лист или справка о временной нетрудоспособности не выдаются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="199" w:name="z212"/>
+      <w:bookmarkEnd w:id="198"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 7. Выдача листа или справки о временной нетрудоспособности больным туберкулезом</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="200" w:name="z213"/>
+      <w:bookmarkEnd w:id="199"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 74. При обращении лиц с туб</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>еркулезом в медицинскую организацию общего профиля выдача листа или справки о временной нетрудоспособности проводится в порядке, указанном в пункте 21 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="201" w:name="z214"/>
+      <w:bookmarkEnd w:id="200"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 75. Лицу, признанному инвалидом, лист или справка о временной нетрудоспособности </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>закрывается датой установления группы инвалидности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="202" w:name="z215"/>
+      <w:bookmarkEnd w:id="201"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 76. При временной нетрудоспособности за лицом сохраняется его место работы (учебы) после окончания курса лечения без потери квалификации и заработной платы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="203" w:name="z216"/>
+      <w:bookmarkEnd w:id="202"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 77. Больным туберкулезом без </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бактер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>иовыделения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и достигшим стойкой конверсии мазка мокроты при восстановлении трудоспособности, по решению ЦВКК лист или справка о временной нетрудоспособности могут быть закрыты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="204" w:name="z217"/>
+      <w:bookmarkEnd w:id="203"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 78. Лицо впервые выявленным туберкулезным процессом, а также с рецидивом,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> считается временно нетрудоспособным:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="205" w:name="z218"/>
+      <w:bookmarkEnd w:id="204"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) с чувствительной формой туберкулеза в течение 10 месяцев;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="206" w:name="z219"/>
+      <w:bookmarkEnd w:id="205"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) с множественной лекарственной устойчивостью в течение 12 месяцев;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="207" w:name="z220"/>
+      <w:bookmarkEnd w:id="206"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) с широкой лекарственной устойчивостью в течение 15 месяцев.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="208" w:name="z221"/>
+      <w:bookmarkEnd w:id="207"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Лица, больные туберкулезом, при отсутствии положительного эффекта от лечения (сохранение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бактериовыделения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> у больных с легочным туберкулезом и при стойких нарушениях функций организма у больных с внелегочным туберкулезом) направляются на МСЭ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="209" w:name="z222"/>
+      <w:bookmarkEnd w:id="208"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Пор</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ядок обжалования решений, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Глава 3 - в редакции приказа Министра здравоохранения РК от 07.12.2021 № ҚР ДСМ-125 (вводится в действие по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="210" w:name="z324"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 79. Жалоба на решения, действия (бездействие) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) их работников по вопросам оказания государственных услуг подается на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="211" w:name="z325"/>
+      <w:bookmarkEnd w:id="210"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес непосредственно оказывающего государственную услугу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, в соответствии с пунктом 2 статьи 25 Закона "О государственных услугах" подлежит рассмотрению в течение пяти рабочих дней со дня ее реги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>страции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="212" w:name="z326"/>
+      <w:bookmarkEnd w:id="211"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="213" w:name="z327"/>
+      <w:bookmarkEnd w:id="212"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При обращении через по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ртал информацию о порядке обжалования можно получить по телефону единого контакт-центра по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="214" w:name="z328"/>
+      <w:bookmarkEnd w:id="213"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 80. Рассмотрение жалобы в досудебном порядке по вопросам оказания государственных услуг производится вышестоящим админ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>истративным органом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="215" w:name="z329"/>
+      <w:bookmarkEnd w:id="214"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба подается </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, чье решение, действие (бездействие) обжалуется.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="216" w:name="z330"/>
+      <w:bookmarkEnd w:id="215"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, чь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>е решение, действие (бездействие) обжалуется, не позднее трех рабочих дней со дня поступления жалобы направляет ее и административное дело в орган, рассматривающий жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="217" w:name="z331"/>
+      <w:bookmarkEnd w:id="216"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При этом </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, чье решение, действие (бездействие) обжалуется, вправе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>не направлять жалобу в орган, рассматривающий жалобу, если он в течение трех рабочих дней примет решение либо иное административное действие, полностью удовлетворяющие требованиям, указанным в жалобе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="218" w:name="z332"/>
+      <w:bookmarkEnd w:id="217"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Если иное не предусмотрено законом, то обращение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в суд допускается после обжалования в досудебном порядке.</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellMar>
-[...4 lines deleted...]
-        </w:tblCellMar>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5805"/>
-        <w:gridCol w:w="3420"/>
+        <w:gridCol w:w="5863"/>
+        <w:gridCol w:w="3914"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidTr="0012411C">
+      <w:tr w:rsidR="002C1956" w:rsidRPr="00830CCA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5805" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
+          <w:bookmarkEnd w:id="218"/>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0012411C">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="z10"/>
-[...13 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>Денсаулық сақтау министрі</w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="28"/>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Правилам проведения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>2020 жылғы 18 қарашасы</w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="28"/>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>экспертизы временной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>№ ҚР ДСМ-198/2020</w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="28"/>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>нетрудоспособности, выдачи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>Бұйрыққа1-қосымша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>листа или справки о временной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>нетрудоспособности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
-[...4553 lines deleted...]
-        <w:br/>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Приложение 1 - в редакции приказа Министра здравоохранения РК от 07.12.2021 № ҚР ДСМ-125 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellMar>
-[...4 lines deleted...]
-        </w:tblCellMar>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5805"/>
-        <w:gridCol w:w="3420"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="3680"/>
+        <w:gridCol w:w="420"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="80"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidTr="0012411C">
+      <w:tr w:rsidR="002C1956" w:rsidRPr="00830CCA">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcW w:w="12300" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0012411C">
-[...5 lines deleted...]
-              <w:t> </w:t>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Стандарт государственной услуги "Выдача лист</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>а о временной нетрудоспособности"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C1956">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Субъекты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>здравоохранения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C1956" w:rsidRPr="00830CCA">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Способы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предоставления</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при непосредственных обращениях);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) веб-портал "Электронного правительства" (далее – портал).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C1956" w:rsidRPr="00830CCA">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Срок</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>при</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> самостоятельном обращении к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или через портал – с момента сдачи </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> документов не более 30 (тридцати) минут.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C1956">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Электронная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>частично</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>автоматизированна</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>я</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>) /</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бумажная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C1956" w:rsidRPr="00830CCA">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Результат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Лист о временной нетрудоспособности либо мотивированный ответ об отказе в оказании государственной услуги по основаниям, указанным в пункте 9 настоящего стандарта.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C1956">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Размер оплаты, взимаемой с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>гополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бесплатно</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C1956" w:rsidRPr="00830CCA">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>График</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – с понедельника по субботу (понедельник – пятница с 8.00 до 20.00 часов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>без перерыва, в субботу с 9.00 до 14.00 часов), с обеспечением работы дежурных врачей в выходные (воскресенье) и праздничные дни. Обращения на получение государственной услуги принимаются до 18.00 часов в рабочие дни.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) портал – круглосуточно, за исключен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ием технических перерывов в связи с проведением ремонтных работ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C1956" w:rsidRPr="00830CCA">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Перечень документов, необходимых для оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>: документ, удостоверяющий личность, либо электронный документ из сервиса цифровых документов (для иде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>нтификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) на портал: заявление в форме электронного запроса. Сведения о документах, удостоверяющих личность, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> получают из сервиса цифровых документов (для идентификации) через реализованную интеграцию при условии согласия владельца докуме</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>нта, предоставленного посредством зарегистрированного на веб-портале "электронного правительства" абонентского номера сотовой связи пользователя путем передачи одноразового пароля или отправления короткого текстового сообщения в качестве ответа на уведомле</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ние веб-портала "электронного правительства.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C1956" w:rsidRPr="00830CCA">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Основания для отказа в оказании государственной услуги, установленные </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>законодательством Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">1) установление недостоверности документа, представленного </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>получения государс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>твенной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) несоответствие </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным настоящими Правила</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ми.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C1956" w:rsidRPr="00830CCA">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Иные требования с учетом особенностей оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможность получения государственной услуги в электронной форме посредством зарегистрированного на портале абонентского номера сотовой связи </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>еля</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление портала.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможность получения государственной услуги в электронной форме через портал при условии наличия Э</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ЦП.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для лиц с ограниченными физическими возможностями наличие пандуса, кнопки вызова, тактильной дорожки для слепых и слабовидящих, зала ожидания, стойки с образцами документов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">оказания государственной услуги в справочных службах </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, а также Единого контакт-центра "1414", 8-800-080-7777.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C1956" w:rsidRPr="00830CCA">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="z172"/>
-[...13 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>жарамсыздыққа сараптама</w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="28"/>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Правилам проведения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>жүргізу, еңбекке уақытша</w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="28"/>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>экспертизы временной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>жарамсыздық парағын немесе</w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="28"/>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>нетрудоспособности, выдачи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>анықтамасын беру қағидаларына</w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="28"/>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>листа или справки о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>1-қосымша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>временной нетрудоспособности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
-[...33 lines deleted...]
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="219" w:name="z234"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="220" w:name="z235"/>
+      <w:bookmarkEnd w:id="219"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="221" w:name="z236"/>
+      <w:bookmarkEnd w:id="220"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Еңбекке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жарамсыздық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>/ Лист о временной нетрудоспособности серия № 0000000</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9225" w:type="dxa"/>
-[...11 lines deleted...]
-        </w:tblCellMar>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="430"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="5262"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidTr="0012411C">
+      <w:tr w:rsidR="002C1956" w:rsidRPr="00830CCA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="12300" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
+          <w:bookmarkEnd w:id="221"/>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0012411C">
-[...5 lines deleted...]
-              <w:t>"Еңбекке уақытша жарамсыздық парағын беру" мемлекеттік көрсетілетін қызмет стандарты</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Еңбекке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>уақытша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>жарамсыздық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Лист о временной </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>нетрудоспособностиАлғашқы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>жалғасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / Первичный - </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>продолжение(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>тиістісінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>астын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сызу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / соответствующее подчеркнуть)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidTr="0012411C">
+      <w:tr w:rsidR="002C1956">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0012411C">
-[...5 lines deleted...]
-              <w:t>1</w:t>
+            <w:bookmarkStart w:id="222" w:name="z237"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Дәрігер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>толтырадыда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>емдеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ұйымын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дақалдырады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="222"/>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заполняется врачом </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>иостается</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в медицинской организации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0012411C">
-[...5 lines deleted...]
-              <w:t>Көрсетілетін қызметті берушінің атауы</w:t>
+            <w:bookmarkStart w:id="223" w:name="z238"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>_____________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="223"/>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбекке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>уақытша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>жарамсыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>адамның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>тегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>аты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>әкесінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>аты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>болған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>жағ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) /  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>фамилия</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, имя и отчество временно   </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>нетрудоспособного</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>) (при его наличии)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>__________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>мекен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>жайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / домашний адрес)\ (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>орны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заңды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>тұлғаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / место работы -   </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> юридического лица)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Берілді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>_________________________________ 20__ ж.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Выдан (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>күні</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>айы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>жылы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / число, месяц, год)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>------------------------------------------------------------------------</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0012411C">
-[...5 lines deleted...]
-              <w:t>Денсаулық сақтау субъектілері.</w:t>
+            <w:bookmarkStart w:id="224" w:name="z244"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="224"/>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дәрігердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>тегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>/ фамилия врача)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сырқатнаманың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> №_____ № истории болезни___</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>______</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>алушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қолы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>расписка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>получателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)___________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidTr="0012411C">
+      <w:tr w:rsidR="002C1956" w:rsidRPr="00830CCA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0012411C">
-[...5 lines deleted...]
-              <w:t>2</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Емдеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ұйымында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дәрігері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>толтырады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>/Заполняется врачом медицинской организации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0012411C">
-[...5 lines deleted...]
-              <w:t>Мемлекеттік көрсетілетін қызметті ұсыну тәсілдері</w:t>
+            <w:bookmarkStart w:id="225" w:name="z247"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Еңбекке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>уақытша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>жарамсыздық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:bookmarkEnd w:id="225"/>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Лист о временной нетрудоспособности</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Алғашқы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>парақтың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>жалғасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / Первичный - продолжение </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>листка № __________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>тиістісінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>астын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сызу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - соответствующее подчеркнуть)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Серия № 0000000</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>емдеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ұйымының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>мекен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>жайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / наименование и адрес медицинской организации)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Берілді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> _______________ 20___ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ж. _____________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выдан </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>күні</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>айы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / число, месяц 20_______ г. ХАЖ-10 коды</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Жасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Возраст (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>толық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>жасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / полных лет)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>_________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Еңбекке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>уақытша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>жарамсыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>адамның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>тегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>аты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>әкесінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>аты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ол</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>болған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>жағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>)/</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Фамилия, имя, отчество временно нетрудоспособного (при его наличии)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>_________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>орны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заңды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>тұлғаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>/место работы, наименование юридического лица, должность</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ХАЖ-10 коды/Код МКБ-10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Қорытынды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ХАЖ-10 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>коды/Заключительный код МКБ-10 _________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>тілінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>/на казахском или русском языке)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0012411C">
-[...14 lines deleted...]
-              <w:t>2) "Электрондық үкімет" веб-порталы (бұдан әрі - портал).</w:t>
+            <w:bookmarkStart w:id="226" w:name="z264"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Емдеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>мекемесінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>мөрі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / Печать медицинской организации</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="226"/>
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ер-Муж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>./</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әйел-Жен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Тиістісінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>астын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сызу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Соответствующее </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>подчеркнуть</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidTr="0012411C">
+      <w:tr w:rsidR="002C1956" w:rsidRPr="00830CCA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="002C1956">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0012411C">
-[...6 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="002C1956">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="8200" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0012411C">
-[...6 lines deleted...]
-            </w:r>
+            <w:bookmarkStart w:id="227" w:name="z267"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Еңбекке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>уақытша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>жарамсыздықтың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>тұ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>pi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>көрсетілсін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>жіті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>созылмалы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>аурулардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>асқынуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>жарақаттанған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>уланған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>жүктілікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>жасанды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>үзген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>науқас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балаға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>күтім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>жасау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>жукті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> болу </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>босану</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>жаңа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>туған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баланы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балаларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>асырап</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>аторийлік-курорттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ұйымдарда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>толық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>емделу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, карантин, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ортопедиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>протездеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>)/ Указать вид временной нетрудоспособности (острое или обострение хронического заболевания, травмы и отравления, искусственное прерывание беременности, уход за больным ребенком, б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>еременность и роды, усыновление/удочерение новорожденного ребенка (детей), долечивание в санаторно-курортных организациях, карантин, ортопедическое протезирование) _________________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="227"/>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Балаға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>күтім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>жасау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>кезінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> АХЖ-10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>науқастың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>жасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, диагнозы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>көрсетілсін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, карантин </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>кезінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> АХЖ-10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>карантинді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>туындатқан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>аурудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>көрсетілсін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По уходу за больным ребенком указать возраст больного и диагноз по МКБ-10, при карантине указать название заболева</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ния по МКБ-10, вызвавшего карантин___________________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Санаторийлік-курорттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>емделу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>кезінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>жолдама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>мерзімінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>басталатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бітетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>уақыты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>көрсетілсін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>/ При санаторно-курортном лечении указать дату начала и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> окончания срока путевки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C1956" w:rsidRPr="00830CCA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="002C1956">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="8200" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0012411C">
-[...5 lines deleted...]
-              <w:t>Мемлекеттік қызметті көрсету мерзімі көрсетілетін қызметті берушіге тікелей жүгінген кезде немесе портал арқылы - құжатты тапсырған сәттен бастап 30 (отыз) минуттан аспайды.</w:t>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Режим: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Режимді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бұзушылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>белгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/Отметки о нарушении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>режимаДәрігердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>қолы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / Подпись врача _______________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidTr="0012411C">
+      <w:tr w:rsidR="002C1956">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:tcMar>
-[...6 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="002C1956">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0012411C">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0012411C">
-[...5 lines deleted...]
-              <w:t>Мемлекеттік қызметті көрсету нысаны</w:t>
+            <w:bookmarkStart w:id="228" w:name="z270"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Стационарда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>болды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>/Находился в стационаре</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="228"/>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20__ ж.____ 20___ ж. ____ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ____ 20___ г. по ____ 20___ г.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Уақытша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>жұмысқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ауыстырылсын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>/ Перевести временно на другую работу</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 20___ ж. __ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ден</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 20__ ж. ___ дейн20___ г. по _____ 20_____ г.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бас </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дәрігердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>қолы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> /Подпись главного врача</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0012411C">
-[...24 lines deleted...]
-            </w:r>
+            <w:bookmarkStart w:id="229" w:name="z276"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>МӘС-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>жіберілді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>/Направлен на МСЭ</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="229"/>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>20____ ж. _____ 20____ г.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Дәр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ігердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>қолы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>/Подпись врача _____________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Куәландырылды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>/Освидетельствован</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>20___ ж. ____ 20____ г.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сараптама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>қорытындысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>/Экспертное заключение _____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МӘС </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бөлімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бастығының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>қолы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Подпись начальника отдела МСЭ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>МӘС-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мөрі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Печать</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidTr="0012411C">
+    </w:tbl>
+    <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="230" w:name="z285"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жұмыстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>босатылу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Освобождение</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>работы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002C1956">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
+          <w:bookmarkEnd w:id="230"/>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0012411C">
-[...5 lines deleted...]
-              <w:t>5</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Қай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>күннен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бастап</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>/ С какого числа (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>күні</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>айы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>/число, месяц)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0012411C">
-[...5 lines deleted...]
-              <w:t>Мемлекеттік қызметті көрсету нәтижесі</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Қай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>күнді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>қоса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>алғанда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>қай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>күнге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>/ По какое число включительно (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>күні</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>айы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>жазумен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>/число и месяц прописью)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0012411C">
-[...44 lines deleted...]
-              <w:t>6</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Дәрігердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>тегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>/ Должность и фамилия врача</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дәрігердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қолы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Подпись</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>врача</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="231" w:name="z286"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жұмысқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кірісу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приступить</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>работе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="232" w:name="z287"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>айы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жазумен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>/число и месяц прописью)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="233" w:name="z288"/>
+      <w:bookmarkEnd w:id="232"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Жаңа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>парақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>берілді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жалғасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)/Выдан новый лист (продолжение) №__________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="234" w:name="z289"/>
+      <w:bookmarkEnd w:id="233"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дәрігердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қолы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>/Должность, фамилия и подпись врача</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="235" w:name="z290"/>
+      <w:bookmarkEnd w:id="234"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Емдеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекемесінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мөрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ Печать лечебного учреждения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сыртқы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="236" w:name="z291"/>
+      <w:bookmarkEnd w:id="235"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тұлға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>атауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>/наименование юридического лица)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="237" w:name="z292"/>
+      <w:bookmarkEnd w:id="236"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Бөлім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/отдел ______ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Қызметі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/Должность _________ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Таб</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Таб</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № _____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="238" w:name="z293"/>
+      <w:bookmarkEnd w:id="237"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Тұрақты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>маусымды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тиістісінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>асты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сызылсын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="239" w:name="z294"/>
+      <w:bookmarkEnd w:id="238"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>істемеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20__ж.__ дан 20___ж. ______ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="240" w:name="z295"/>
+      <w:bookmarkEnd w:id="239"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Работа постоянная, временная, сезонная (нужное подчеркнуть).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="241" w:name="z296"/>
+      <w:bookmarkEnd w:id="240"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не работал с ___20__г. по___20____г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="242" w:name="z297"/>
+      <w:bookmarkEnd w:id="241"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Еңбекке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жарамсыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>уақытындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>демалыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>күндері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="243" w:name="z298"/>
+      <w:bookmarkEnd w:id="242"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Жұмысқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кірісті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20____ж.______дейін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="244" w:name="z299"/>
+      <w:bookmarkEnd w:id="243"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Выходные дни за период нетрудоспособности </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>/дата)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="245" w:name="z300"/>
+      <w:bookmarkEnd w:id="244"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Бөлім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бастығыныңқолы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ___________ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Табельшінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қолы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ______ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="246" w:name="z301"/>
+      <w:bookmarkEnd w:id="245"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Подпись начальника отдела _____ Подпись табельщика ____ Дата ___</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2933"/>
+        <w:gridCol w:w="3043"/>
+        <w:gridCol w:w="322"/>
+        <w:gridCol w:w="3422"/>
+        <w:gridCol w:w="57"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002C1956" w:rsidRPr="00830CCA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="246"/>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0012411C">
-[...14 lines deleted...]
-              <w:t>Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0012411C">
-[...6 lines deleted...]
-              <w:t>Тегін.</w:t>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Правилам проведения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>экспертизы временной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>нетрудоспособности, выдачи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>листа или справки о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>временной нетрудоспособности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidTr="0012411C">
-[...781 lines deleted...]
-      <w:tr w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidTr="0012411C">
+      <w:tr w:rsidR="002C1956" w:rsidRPr="00830CCA">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0012411C">
-[...50 lines deleted...]
-              <w:t>тиістісінің астын сызу/соответствующее подчеркнуть)</w:t>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Стандарт государственной услуги "Выдача справки о временной нетрудоспособности"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidTr="0012411C">
+      <w:tr w:rsidR="002C1956">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...4 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0012411C">
-[...14 lines deleted...]
-              <w:t>Заполняется врачом и остается в медицинско й организаци и</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...4 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0012411C">
-[...122 lines deleted...]
-              <w:t>__________________________________________</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...4 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0012411C">
-[...77 lines deleted...]
-              <w:t>__________</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Субъекты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>здравоохранения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidTr="0012411C">
+      <w:tr w:rsidR="002C1956" w:rsidRPr="00830CCA">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...4 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0012411C">
-[...5 lines deleted...]
-              <w:t>Емдеу ұйымында дәрігері толтырады/Заполняется врачом медицинской организации</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...4 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0012411C">
-[...339 lines deleted...]
-              <w:t>(қазақ немесе орыс тілінде/ на казахском или русcком языке)</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Способы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предоставления</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0012411C">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> Әйел-Жен, Тиістісінің астын сызу/ Соответствующее подчеркнуть</w:t>
+            <w:bookmarkStart w:id="247" w:name="z303"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при непосредственных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обращениях);</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="247"/>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) веб-портал "Электронного правительства" (далее – портал).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidTr="0012411C">
+      <w:tr w:rsidR="002C1956" w:rsidRPr="00830CCA">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...4 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...4 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0012411C">
-[...41 lines deleted...]
-            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Срок</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0012411C">
-[...14 lines deleted...]
-              <w:t>По уходу за больным ребенком указать возраст больного и диагноз по МКБ-10, при карантине указать название заболевания по МКБ-10, вызвавшего карантин</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>при</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> самостоятельном обращении к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или через портал - с момента сдачи </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> документов не более 30 (тридцати) минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidTr="0012411C">
+      <w:tr w:rsidR="002C1956">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...4 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...4 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0012411C">
-[...32 lines deleted...]
-            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...4 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0012411C">
-[...15 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Электронная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>частично</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>автоматизированная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>) /</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бумажная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidTr="0012411C">
+      <w:tr w:rsidR="002C1956" w:rsidRPr="00830CCA">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...4 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...4 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="0012411C">
-[...60 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Результат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Справка о временной нетрудоспособности либо мотивированный ответ об отказе в оказании государственной услуги по основания</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>м, указанным в пункте 9 настоящего стандарта.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C1956">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Размер оплаты, взимаемой с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бесплатно</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C1956" w:rsidRPr="00830CCA">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>График</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="248" w:name="z304"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – с понедельника по субботу (понедельник – пятница с 8.00 до 20.00 часов без перерыва, в субботу с 9.00 до 14.00 часов), с обеспечением работы дежурных врачей в выходные (воскресенье) и праздничные дни. Обращения на получение государственной у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>слуги принимаются до 18.00 часов в рабочие дни.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="248"/>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2) портал – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C1956" w:rsidRPr="00830CCA">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Перечень документов, необходимых для оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="249" w:name="z305"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>: документ, удос</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>товеряющий личность, для идентификации личности;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="249"/>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) на портал: заявление в форме электронного запроса.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сведения о документах, удостоверяющих личность, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> получают из соответствующих государственных информационных систем через шлюз "Электронного п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>равительства".</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C1956" w:rsidRPr="00830CCA">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="250" w:name="z307"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) установление недостоверности документа, представленного </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для получения государственной услуги, и (или) данных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (сведений), содержащихся в них;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="250"/>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) несоответствие </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным настоящими Правилами.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C1956" w:rsidRPr="00830CCA">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Иные требования с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>учетом особенностей оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00830CCA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможность получения информации по телефону Единого контактного-центра по вопросам оказания государственных услуг: 8-800-080-7777, 1414.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C1956">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0012411C">
-[...12 lines deleted...]
-              </w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1956" w:rsidRDefault="00830CCA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
-              <w:t>20____ ж.______ 20____ г.</w:t>
-[...79 lines deleted...]
-              <w:t>МӘС-тің мөрі/Печать</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0012411C" w:rsidRPr="0012411C" w:rsidRDefault="0012411C" w:rsidP="0012411C">
-[...12 lines deleted...]
-          <w:szCs w:val="28"/>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="251" w:name="z309"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень некоторых утративших силу приказов Министерства здравоохранения Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="252" w:name="z310"/>
+      <w:bookmarkEnd w:id="251"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) приказ Министра здравоохранения и социального развития Республики Казахстан от 31 марта 2015 года № 183 "Об утверждении Правил проведения экспертизы вр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>еменной нетрудоспособности, выдачи листа и справки о временной нетрудоспособности" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 10964, опубликован 29 мая 2015 года в информационно-правовой системе "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Әділет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>");</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="253" w:name="z311"/>
+      <w:bookmarkEnd w:id="252"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) приказ Министра здравоохранения Республики Казахстан от 17 сентября 2018 года № ҚР ДСМ-15 "О внесении изменений в приказ Министра здравоохранения и социального развития Республики Казахстан от 31 марта 2015 года № 183 "Об утверждении Правил проведения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> экспертизы временной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      Жұмыстан босатылу/Освобождение от работы</w:t>
-[...2479 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+        <w:t>нетрудоспособности, выдачи листа и справки о временной нетрудоспособности" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 17406, опубликован 3 октября 2018 года в Эталонном контрольном банке но</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>рмативных правовых актов Республики Казахстан в электронном виде);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="254" w:name="z312"/>
+      <w:bookmarkEnd w:id="253"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) приказ Министра здравоохранения Республики Казахстан от 6 апреля 2020 года № ҚР ДСМ-30/2020 "О внесении изменений и дополнений в приказ Министра здравоохранения и социального разв</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ития Республики Казахстан от 31 марта 2015 года № 183 "Об утверждении Правил проведения экспертизы временной нетрудоспособности, выдачи листа и справки о временной нетрудоспособности" (зарегистрирован в Реестре государственной регистрации нормативных право</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вых актов под № 20332, опубликован 13 апреля 2020 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан в электронном виде);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="255" w:name="z313"/>
+      <w:bookmarkEnd w:id="254"/>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) приказ Министра здравоохранения Республики Казахстан от 9 апреля 2020 года № ҚР ДСМ-34/2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"О внесении изменения в приказ Министра здравоохранения и социального развития Республики Казахстан от 31 марта 2015 года № 183 "Об утверждении Правил проведения экспертизы временной нетрудоспособности, выдачи листа и справки о временной нетрудоспособности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 20356, опубликован 15 апреля 2020 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан в электронном виде).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="255"/>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C1956" w:rsidRPr="00830CCA" w:rsidRDefault="00830CCA">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>© 2012. РГП на ПХВ «Инсти</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830CCA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тут законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="002C1956" w:rsidRPr="00830CCA">
+      <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
+      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...19 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...155 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:hideSpellingErrors/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00187076"/>
-[...2 lines deleted...]
-    <w:rsid w:val="003418E4"/>
+    <w:rsidRoot w:val="002C1956"/>
+    <w:rsid w:val="002C1956"/>
+    <w:rsid w:val="00830CCA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{879F194C-B999-42E5-B086-88EAAE7186F9}"/>
+  <w15:docId w15:val="{19B65BC3-4851-4668-AA99-8909AD415861}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11331,51 +21035,50 @@
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11398,163 +21101,155 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-[...20 lines deleted...]
-    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Light Shading"/>
+    <w:lsdException w:name="Light List"/>
+    <w:lsdException w:name="Light Grid"/>
+    <w:lsdException w:name="Medium Shading 1"/>
+    <w:lsdException w:name="Medium Shading 2"/>
+    <w:lsdException w:name="Medium List 1"/>
+    <w:lsdException w:name="Medium List 2"/>
+    <w:lsdException w:name="Medium Grid 1"/>
+    <w:lsdException w:name="Medium Grid 2"/>
+    <w:lsdException w:name="Medium Grid 3"/>
+    <w:lsdException w:name="Dark List"/>
+    <w:lsdException w:name="Colorful Shading"/>
+    <w:lsdException w:name="Colorful List"/>
+    <w:lsdException w:name="Colorful Grid"/>
+    <w:lsdException w:name="Light Shading Accent 1"/>
+    <w:lsdException w:name="Light List Accent 1"/>
+    <w:lsdException w:name="Light Grid Accent 1"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1"/>
+    <w:lsdException w:name="Medium List 1 Accent 1"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-[...86 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1"/>
+    <w:lsdException w:name="Dark List Accent 1"/>
+    <w:lsdException w:name="Colorful Shading Accent 1"/>
+    <w:lsdException w:name="Colorful List Accent 1"/>
+    <w:lsdException w:name="Colorful Grid Accent 1"/>
+    <w:lsdException w:name="Light Shading Accent 2"/>
+    <w:lsdException w:name="Light List Accent 2"/>
+    <w:lsdException w:name="Light Grid Accent 2"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2"/>
+    <w:lsdException w:name="Medium List 1 Accent 2"/>
+    <w:lsdException w:name="Medium List 2 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2"/>
+    <w:lsdException w:name="Dark List Accent 2"/>
+    <w:lsdException w:name="Colorful Shading Accent 2"/>
+    <w:lsdException w:name="Colorful List Accent 2"/>
+    <w:lsdException w:name="Colorful Grid Accent 2"/>
+    <w:lsdException w:name="Light Shading Accent 3"/>
+    <w:lsdException w:name="Light List Accent 3"/>
+    <w:lsdException w:name="Light Grid Accent 3"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3"/>
+    <w:lsdException w:name="Medium List 1 Accent 3"/>
+    <w:lsdException w:name="Medium List 2 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3"/>
+    <w:lsdException w:name="Dark List Accent 3"/>
+    <w:lsdException w:name="Colorful Shading Accent 3"/>
+    <w:lsdException w:name="Colorful List Accent 3"/>
+    <w:lsdException w:name="Colorful Grid Accent 3"/>
+    <w:lsdException w:name="Light Shading Accent 4"/>
+    <w:lsdException w:name="Light List Accent 4"/>
+    <w:lsdException w:name="Light Grid Accent 4"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4"/>
+    <w:lsdException w:name="Medium List 1 Accent 4"/>
+    <w:lsdException w:name="Medium List 2 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4"/>
+    <w:lsdException w:name="Dark List Accent 4"/>
+    <w:lsdException w:name="Colorful Shading Accent 4"/>
+    <w:lsdException w:name="Colorful List Accent 4"/>
+    <w:lsdException w:name="Colorful Grid Accent 4"/>
+    <w:lsdException w:name="Light Shading Accent 5"/>
+    <w:lsdException w:name="Light List Accent 5"/>
+    <w:lsdException w:name="Light Grid Accent 5"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5"/>
+    <w:lsdException w:name="Medium List 1 Accent 5"/>
+    <w:lsdException w:name="Medium List 2 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5"/>
+    <w:lsdException w:name="Dark List Accent 5"/>
+    <w:lsdException w:name="Colorful Shading Accent 5"/>
+    <w:lsdException w:name="Colorful List Accent 5"/>
+    <w:lsdException w:name="Colorful Grid Accent 5"/>
+    <w:lsdException w:name="Light Shading Accent 6"/>
+    <w:lsdException w:name="Light List Accent 6"/>
+    <w:lsdException w:name="Light Grid Accent 6"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6"/>
+    <w:lsdException w:name="Medium List 1 Accent 6"/>
+    <w:lsdException w:name="Medium List 2 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6"/>
+    <w:lsdException w:name="Dark List Accent 6"/>
+    <w:lsdException w:name="Colorful Shading Accent 6"/>
+    <w:lsdException w:name="Colorful List Accent 6"/>
+    <w:lsdException w:name="Colorful Grid Accent 6"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -11619,196 +21314,353 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="004A3277"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:ind w:left="86"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="8" w:space="4" w:color="5B9BD5" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:after="300"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aa">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D1197D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ab">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0012411C"/>
     <w:rPr>
-      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ac">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="35"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007109C0"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
+    <w:name w:val="disclaimer"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
+    <w:name w:val="DocDefaults"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-[...98 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000021660" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K2000000360" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2100025688" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000021660" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020356" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000021660/info" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K2000000360" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000021660" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000021660" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000021660" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K2000000360" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020332" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000021660" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000021660" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2100025688" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000021660" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000021660/links" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000021660" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2100025688" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K2000000360" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000021660" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1800017406" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000021660" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1400000202" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K2000000360" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2100025688" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000021660/links" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K2000000360" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000021660" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1500010964" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000021660/links" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000021660" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1400000202" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2100025688" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2100025688" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K2000000360" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2100025688" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000021660/history" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -12032,55 +21884,50 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>59195</Characters>
+  <Pages>30</Pages>
+  <Words>9946</Words>
+  <Characters>56693</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>493</Lines>
-  <Paragraphs>138</Paragraphs>
+  <Lines>472</Lines>
+  <Paragraphs>133</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>69441</CharactersWithSpaces>
+  <CharactersWithSpaces>66506</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>