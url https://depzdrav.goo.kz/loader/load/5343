--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -1,2041 +1,1673 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="page" w:horzAnchor="margin" w:tblpY="2425"/>
         <w:tblW w:w="10201" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="616"/>
         <w:gridCol w:w="4057"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="3685"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A84BCF" w:rsidRPr="00297C34" w14:paraId="3BFAD874" w14:textId="77777777" w:rsidTr="003A7EA3">
+      <w:tr w:rsidR="004F19BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="616" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3251A800" w14:textId="5FFC60FC" w:rsidR="00A84BCF" w:rsidRPr="00297C34" w:rsidRDefault="00A84BCF" w:rsidP="003A7EA3">
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk144480118"/>
-            <w:r w:rsidRPr="00297C34">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>№ п/п</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>с</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4057" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01A6E331" w14:textId="3729F91F" w:rsidR="00A84BCF" w:rsidRPr="00297C34" w:rsidRDefault="00A84BCF" w:rsidP="003A7EA3">
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00297C34">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Наименование оборудование</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Жабдықтың атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A668472" w14:textId="60EEC8AC" w:rsidR="00A84BCF" w:rsidRPr="00297C34" w:rsidRDefault="00A84BCF" w:rsidP="003A7EA3">
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00297C34">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Количество</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49F40BB7" w14:textId="0388A76C" w:rsidR="00A84BCF" w:rsidRPr="00297C34" w:rsidRDefault="00A84BCF" w:rsidP="003A7EA3">
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00297C34">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Выделенная сумма</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Бөлінген қаражат</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>, тенге</w:t>
+              <w:t>, те</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ңг</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>е</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A84BCF" w:rsidRPr="00297C34" w14:paraId="13FE4EA6" w14:textId="77777777" w:rsidTr="003A7EA3">
+      <w:tr w:rsidR="004F19BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="616" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="214E9BDB" w14:textId="03EF65FB" w:rsidR="00A84BCF" w:rsidRPr="00297C34" w:rsidRDefault="00A84BCF" w:rsidP="003A7EA3">
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4057" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FBDDF7F" w14:textId="4C3F0B71" w:rsidR="00A84BCF" w:rsidRPr="00645CB4" w:rsidRDefault="00A84BCF" w:rsidP="003A7EA3">
-[...16 lines deleted...]
-              <w:t>Хирургический аспиратор</w:t>
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Хирургиялық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аспиратор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1233FB28" w14:textId="05EDFD0A" w:rsidR="00A84BCF" w:rsidRPr="00645CB4" w:rsidRDefault="00A84BCF" w:rsidP="003A7EA3">
-[...12 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F36F636" w14:textId="207C8944" w:rsidR="00A84BCF" w:rsidRPr="00645CB4" w:rsidRDefault="00A84BCF" w:rsidP="003A7EA3">
-[...43 lines deleted...]
-              <w:t>,0</w:t>
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1 100 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A84BCF" w:rsidRPr="00297C34" w14:paraId="6BEFF88F" w14:textId="77777777" w:rsidTr="003A7EA3">
+      <w:tr w:rsidR="004F19BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="616" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E1C0296" w14:textId="1227FAB2" w:rsidR="00A84BCF" w:rsidRPr="00297C34" w:rsidRDefault="00A84BCF" w:rsidP="003A7EA3">
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4057" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="339BE486" w14:textId="5C0216C9" w:rsidR="00A84BCF" w:rsidRPr="00645CB4" w:rsidRDefault="00A84BCF" w:rsidP="003A7EA3">
-[...46 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Фототерапевтикалық сәулелендіргіш</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E9AACB6" w14:textId="16111E36" w:rsidR="00A84BCF" w:rsidRPr="00645CB4" w:rsidRDefault="00A84BCF" w:rsidP="003A7EA3">
-[...12 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EE0BFA0" w14:textId="144526E3" w:rsidR="00A84BCF" w:rsidRPr="00645CB4" w:rsidRDefault="00A84BCF" w:rsidP="003A7EA3">
-[...43 lines deleted...]
-              <w:t>,0</w:t>
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1 450 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A84BCF" w:rsidRPr="00297C34" w14:paraId="453AB35B" w14:textId="77777777" w:rsidTr="003A7EA3">
+      <w:tr w:rsidR="004F19BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="616" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="701F81A7" w14:textId="22C92E19" w:rsidR="00A84BCF" w:rsidRPr="00297C34" w:rsidRDefault="00A84BCF" w:rsidP="003A7EA3">
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4057" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03BDDFAE" w14:textId="1F294A9E" w:rsidR="00A84BCF" w:rsidRPr="00645CB4" w:rsidRDefault="00A84BCF" w:rsidP="003A7EA3">
-[...16 lines deleted...]
-              <w:t>Инфузионный насос</w:t>
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Инфузи</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ялық сорғы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="263ABB01" w14:textId="29C0AC39" w:rsidR="00A84BCF" w:rsidRPr="00645CB4" w:rsidRDefault="00A84BCF" w:rsidP="003A7EA3">
-[...12 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3624CFF5" w14:textId="0D00538F" w:rsidR="00A84BCF" w:rsidRPr="00645CB4" w:rsidRDefault="00A84BCF" w:rsidP="003A7EA3">
-[...43 lines deleted...]
-              <w:t>,0</w:t>
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>918 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A84BCF" w:rsidRPr="00297C34" w14:paraId="554EA8F9" w14:textId="77777777" w:rsidTr="003A7EA3">
+      <w:tr w:rsidR="004F19BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="616" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77FF7C1A" w14:textId="1AFA27BC" w:rsidR="00A84BCF" w:rsidRPr="00297C34" w:rsidRDefault="00A84BCF" w:rsidP="003A7EA3">
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4057" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F48EDAE" w14:textId="501169DC" w:rsidR="00A84BCF" w:rsidRPr="00297C34" w:rsidRDefault="003A7EA3" w:rsidP="003A7EA3">
-[...16 lines deleted...]
-            <w:r w:rsidR="00A84BCF" w:rsidRPr="00297C34">
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Синхрондау функциясы бар екі фазалы дефибриллятор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3 299 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004F19BC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="616" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4057" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Автомати</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">калық сыртқы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дефибриллятор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2 970 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004F19BC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="616" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4057" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қарқынды</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> терапиялық күтімге арналған интенсивті терапия төсегі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10 568 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004F19BC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="616" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4057" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> с функцией синхронизации</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Пау</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">циент </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>мониторы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BD2E5FB" w14:textId="5F9BDFCC" w:rsidR="00A84BCF" w:rsidRPr="00297C34" w:rsidRDefault="00A84BCF" w:rsidP="003A7EA3">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00297C34">
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74CDA9BE" w14:textId="42185441" w:rsidR="00A84BCF" w:rsidRPr="00297C34" w:rsidRDefault="00A84BCF" w:rsidP="003A7EA3">
-[...38 lines deleted...]
-              <w:t>,0</w:t>
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6 900 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A84BCF" w:rsidRPr="00297C34" w14:paraId="1491C108" w14:textId="77777777" w:rsidTr="003A7EA3">
+      <w:tr w:rsidR="004F19BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="616" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45B53D9C" w14:textId="09D3290C" w:rsidR="00A84BCF" w:rsidRPr="00297C34" w:rsidRDefault="00A84BCF" w:rsidP="003A7EA3">
-[...14 lines deleted...]
-              <w:t>5</w:t>
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4057" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55096BC1" w14:textId="4679F34E" w:rsidR="00A84BCF" w:rsidRPr="00297C34" w:rsidRDefault="00A84BCF" w:rsidP="003A7EA3">
-[...22 lines deleted...]
-              <w:t>дефибриллятор</w:t>
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Лабороториялық ц</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ентрифуга </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65779C09" w14:textId="79E56DD2" w:rsidR="00A84BCF" w:rsidRPr="00297C34" w:rsidRDefault="00A84BCF" w:rsidP="003A7EA3">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00297C34">
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38A9E5B4" w14:textId="4B6C18BD" w:rsidR="00A84BCF" w:rsidRPr="00297C34" w:rsidRDefault="00A84BCF" w:rsidP="003A7EA3">
-[...38 lines deleted...]
-              <w:t>,0</w:t>
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1 092 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A84BCF" w:rsidRPr="00297C34" w14:paraId="0E7063AF" w14:textId="77777777" w:rsidTr="003A7EA3">
+      <w:tr w:rsidR="004F19BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="616" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36A711C5" w14:textId="04DA6B5C" w:rsidR="00A84BCF" w:rsidRPr="00297C34" w:rsidRDefault="00A84BCF" w:rsidP="003A7EA3">
-[...14 lines deleted...]
-              <w:t>6</w:t>
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4057" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42617F71" w14:textId="1F2403AA" w:rsidR="00A84BCF" w:rsidRPr="00297C34" w:rsidRDefault="00A84BCF" w:rsidP="003A7EA3">
-[...30 lines deleted...]
-              <w:t>ухода</w:t>
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ларингоскоп</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3162F9D4" w14:textId="71B313E3" w:rsidR="00A84BCF" w:rsidRPr="00297C34" w:rsidRDefault="00A84BCF" w:rsidP="003A7EA3">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00297C34">
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D170372" w14:textId="61B46C63" w:rsidR="00A84BCF" w:rsidRPr="00297C34" w:rsidRDefault="00A84BCF" w:rsidP="003A7EA3">
-[...38 lines deleted...]
-              <w:t>,0</w:t>
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>990 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A84BCF" w:rsidRPr="00297C34" w14:paraId="6CF39A62" w14:textId="77777777" w:rsidTr="003A7EA3">
+      <w:tr w:rsidR="004F19BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="616" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08ACEE3E" w14:textId="4A554C2A" w:rsidR="00A84BCF" w:rsidRPr="00297C34" w:rsidRDefault="00A84BCF" w:rsidP="003A7EA3">
-[...14 lines deleted...]
-              <w:t>7</w:t>
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4057" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D3C86CE" w14:textId="60A45A7B" w:rsidR="00A84BCF" w:rsidRPr="00297C34" w:rsidRDefault="00A84BCF" w:rsidP="003A7EA3">
-[...14 lines deleted...]
-              <w:t>Монитор пациента</w:t>
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Объективті </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B93B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>аудиологиялық скринингке және есту функциясын диагностикалауға арналған модульдік құрылғы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="460C7536" w14:textId="7E0EDC61" w:rsidR="00A84BCF" w:rsidRPr="00297C34" w:rsidRDefault="00A84BCF" w:rsidP="003A7EA3">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00297C34">
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66F97381" w14:textId="737FB73B" w:rsidR="00A84BCF" w:rsidRPr="00297C34" w:rsidRDefault="00A84BCF" w:rsidP="003A7EA3">
-[...38 lines deleted...]
-              <w:t>,0</w:t>
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6 300 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A84BCF" w:rsidRPr="00297C34" w14:paraId="471B36C1" w14:textId="77777777" w:rsidTr="003A7EA3">
+      <w:tr w:rsidR="004F19BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="616" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="184FBD3A" w14:textId="4557B363" w:rsidR="00A84BCF" w:rsidRPr="00297C34" w:rsidRDefault="00A84BCF" w:rsidP="003A7EA3">
-[...14 lines deleted...]
-              <w:t>8</w:t>
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4057" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="461B06BA" w14:textId="54D70466" w:rsidR="00A84BCF" w:rsidRPr="00297C34" w:rsidRDefault="00A84BCF" w:rsidP="003A7EA3">
-[...14 lines deleted...]
-              <w:t>Центрифуга лабораторная</w:t>
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B93B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12 сымды мониторда деректерді қарау мүмкіндігі бар сандық электрокардиограф</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15DDF14E" w14:textId="528EF20D" w:rsidR="00A84BCF" w:rsidRPr="00297C34" w:rsidRDefault="00A84BCF" w:rsidP="003A7EA3">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00297C34">
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E7EE7BE" w14:textId="0FCFD82C" w:rsidR="00A84BCF" w:rsidRPr="00297C34" w:rsidRDefault="00A84BCF" w:rsidP="003A7EA3">
-[...38 lines deleted...]
-              <w:t>,0</w:t>
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1100000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A84BCF" w:rsidRPr="00297C34" w14:paraId="7340C7C8" w14:textId="77777777" w:rsidTr="003A7EA3">
-[...363 lines deleted...]
-      <w:tr w:rsidR="00A84BCF" w:rsidRPr="00297C34" w14:paraId="0B96B33C" w14:textId="77777777" w:rsidTr="003A7EA3">
+      <w:tr w:rsidR="004F19BC">
         <w:trPr>
           <w:trHeight w:val="900"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="616" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70335C4F" w14:textId="7634B1BE" w:rsidR="00A84BCF" w:rsidRPr="00297C34" w:rsidRDefault="00A84BCF" w:rsidP="003A7EA3">
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="004F19BC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4057" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D692F91" w14:textId="55D1CB49" w:rsidR="00A84BCF" w:rsidRPr="006C0A77" w:rsidRDefault="00A84BCF" w:rsidP="003A7EA3">
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C0A77">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ОБ қаражаты есебінен БАРЛЫҒЫ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> за счет средств ОБ</w:t>
-[...9 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="006C0A77">
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A01138">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...51 lines deleted...]
-              <w:t>,0</w:t>
+              <w:t>36 687 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="0"/>
     </w:tbl>
-    <w:p w14:paraId="593F793D" w14:textId="731B09C6" w:rsidR="003A7EA3" w:rsidRDefault="00862F53" w:rsidP="00862F53">
+    <w:p w:rsidR="004F19BC" w:rsidRDefault="004F19BC">
       <w:pPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2805"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004F19BC" w:rsidRDefault="00B93B55" w:rsidP="00B93B55">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2805"/>
+        </w:tabs>
+        <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B93B55">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Список медицинск</w:t>
-[...7 lines deleted...]
-        <w:t>ого</w:t>
+        <w:t xml:space="preserve">ШЖҚ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> оборудовани</w:t>
-[...7 lines deleted...]
-        <w:t>я,</w:t>
+        <w:t xml:space="preserve">«Ертіс </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> закупаем</w:t>
+        <w:t>аудандық ауру</w:t>
       </w:r>
-      <w:r w:rsidR="003A7EA3">
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> в 2023</w:t>
+        <w:t xml:space="preserve">ханасы» </w:t>
       </w:r>
-      <w:r w:rsidR="003A7EA3">
+      <w:r w:rsidRPr="00B93B55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>КМК</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>году</w:t>
+        <w:t>2023 жылы сатып алын</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="00B93B55">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>атын</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>КГП на ПХВ «Иртышская районная больница</w:t>
+        <w:t xml:space="preserve"> медициналық жабдықтардың тізімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="672BBE06" w14:textId="69F8B566" w:rsidR="00A84BCF" w:rsidRDefault="00A84BCF" w:rsidP="00A84BCF">
+    <w:p w:rsidR="004F19BC" w:rsidRDefault="004F19BC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2805"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0553FC40" w14:textId="77777777" w:rsidR="00B7170C" w:rsidRPr="00862F53" w:rsidRDefault="00B7170C" w:rsidP="00A84BCF">
-[...13 lines deleted...]
-    <w:sectPr w:rsidR="00B7170C" w:rsidRPr="00862F53" w:rsidSect="00297C34">
+    <w:sectPr w:rsidR="004F19BC">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
-</file>
-[...23 lines deleted...]
-</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...23 lines deleted...]
-</w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00D4624A"/>
-[...33 lines deleted...]
-    <w:rsid w:val="00EF75E1"/>
+    <w:rsidRoot w:val="004F19BC"/>
+    <w:rsid w:val="004F19BC"/>
+    <w:rsid w:val="00B93B55"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="58768003"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{128B2233-1C96-479D-AA03-6A4A0D89C347}"/>
+  <w15:docId w15:val="{8CBB6778-3610-49B1-88C1-AE87681339B3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="SimSun"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2415,460 +2047,435 @@
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="004409F3"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="00862F53"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00862F53"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="00862F53"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00862F53"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-[...3 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Стандартная">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Стандартная">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Стандартная">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4AE35040-6CFB-41D5-B52F-DD8A2B089A82}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{343BCE6E-E3EC-4C07-93BA-5E3A592E6CB7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>124</Words>
-  <Characters>708</Characters>
+  <Characters>709</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>831</CharactersWithSpaces>
+  <CharactersWithSpaces>832</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>Professional</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>